--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1,12617 +1,12597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639" w:rsidP="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639" w:rsidP="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Зарегистрировано в Национальном реестре правовых актов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639" w:rsidP="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639" w:rsidP="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Республики Беларусь 15 июля 2008 г. N 2/1466</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗАКОН РЕСПУБЛИКИ БЕЛАРУСЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8 июля 2008 г. N 369-З</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>О ГАРАНТИРОВАННОМ ВОЗМЕЩЕНИИ БАНКОВСКИХ ВКЛАДОВ (ДЕПОЗИТОВ) ФИЗИЧЕСКИХ ЛИЦ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Принят Палатой представителей 10 июня 2008 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Одобрен Советом Республики 20 июня 2008 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:after="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9069"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F4639" w:rsidRPr="003F4639">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="002A6C0D" w:rsidRPr="002A6C0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 14.07.2009 </w:t>
             </w:r>
             <w:hyperlink r:id="rId6">
-              <w:r w:rsidRPr="003F4639">
+              <w:r w:rsidRPr="002A6C0D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>N 41-З</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от 12.07.2013 </w:t>
             </w:r>
             <w:hyperlink r:id="rId7">
-              <w:r w:rsidRPr="003F4639">
+              <w:r w:rsidRPr="002A6C0D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>N 56-З</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 10.01.2015 </w:t>
             </w:r>
             <w:hyperlink r:id="rId8">
-              <w:r w:rsidRPr="003F4639">
+              <w:r w:rsidRPr="002A6C0D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>N 240-З</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.11.2021 </w:t>
             </w:r>
             <w:hyperlink r:id="rId9">
-              <w:r w:rsidRPr="003F4639">
+              <w:r w:rsidRPr="002A6C0D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>N 128-З</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от 08.07.2024 </w:t>
             </w:r>
             <w:hyperlink r:id="rId10">
-              <w:r w:rsidRPr="003F4639">
+              <w:r w:rsidRPr="002A6C0D">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:color w:val="0000FF"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>N 27-З</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="392C69"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ГЛАВА 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 1. Отношения, регулируемые настоящим Законом</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Настоящий Закон регулирует отношения по гарантированному возмещению банковских вкладов (депозитов) физических лиц (далее - возмещение банковских вкладов (депозитов)) в целях защиты прав и законных интересов физических лиц, стимулирования привлечения сбережений населения и укрепления доверия к банковской системе Республики Беларусь.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 2. Субъекты отношений по возмещению банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Субъектами отношений по возмещению банковских вкладов (депозитов) являются:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство по гарантированному возмещению банковских вкладов (депозитов) физических лиц (далее, если не определено иное, - Агентство);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">банки и небанковские кредитно-финансовые организации (далее - банки), зарегистрированные в установленном порядке на территории Республики Беларусь, имеющие специальное разрешение (лицензию) на осуществление банковской деятельности, выданное Национальным банком, предоставляющее право на осуществление банковских операций по открытию и ведению банковских счетов физических лиц и (или) привлечению денежных средств физических лиц на счета и (или) во вклады (депозиты) (далее - банковская операция по привлечению денежных средств физических лиц в </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>банковские вклады (депозиты)), и принятые на учет в Агентстве;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>банк-поверенный - банк, определяемый Национальным банком, осуществляющий прием заявлений о выплате возмещения банковских вкладов (депозитов) и выплату этого возмещения от имени и за счет Агентства на основании договора поручения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>физические лица - граждане Республики Беларусь, иностранные граждане и лица без гражданства, в том числе выступающие в качестве индивидуальных предпринимателей, которые заключили с банком один или более договоров банковского счета и (или) банковского вклада (депозита) (далее - договор банковского вклада (депозита)) либо на имя которых заключены такие договоры, а также их наследники.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 3. Объекты возмещения банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Объектами возмещения банковских вкладов (депозитов) являются денежные средства в белорусских рублях и иностранной валюте, размещенные на счетах и (или) во вклады (депозиты) физических лиц (далее, если не определено иное, - банковский вклад (депозит)) в банках, принятых на учет в Агентстве.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ГЛАВА 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПОРЯДОК, УСЛОВИЯ И РАЗМЕРЫ ВЫПЛАТЫ ФИЗИЧЕСКИМ ЛИЦАМ ВОЗМЕЩЕНИЯ БАНКОВСКИХ ВКЛАДОВ (ДЕПОЗИТОВ)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 4. Возникновение у Агентства обязательства по возмещению банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Обязательство по возмещению банковских вкладов (депозитов) возникает у Агентства с даты получения банком уведомления Национального банка о принятии решения об отзыве у банка специального разрешения (лицензии) на осуществление банковской деятельности, предоставляющего право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты), в целом либо в части осуществления этой банковской операции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Физические лица вправе при возникновении у Агентства обязательства по возмещению банковских вкладов (депозитов) получить возмещение банковского вклада (депозита) в порядке, на условиях и в размерах, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>предусмотренных настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Исполнение Агентством обязательства по возмещению банковского вклада (депозита) перед физическим лицом не исключает права этого физического лица на обращение в банк для удовлетворения требований по возмещению банковского вклада (депозита) и начисленных по нему процентов (далее, если не определено иное, - требование) в размере разницы между общей суммой требования и полученной суммой возмещения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Часть четвертая статьи 4 исключена с 1 апреля 2022 года. - </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="P52"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 5. Порядок обращения физических лиц за выплатой возмещения банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Агентство в течение пяти рабочих дней с даты возникновения у него обязательства по возмещению банковских вкладов (депозитов) обязано опубликовать в газете "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рэспублiка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и разместить на официальном сайте Агентства в глобальной компьютерной сети Интернет информацию о месте, времени и порядке возмещения банковских вкладов (депозитов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="P57"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Физическое лицо вправе обратиться за выплатой возмещения банковского вклада (депозита) не ранее четырнадцати рабочих дней и не позднее пяти лет с даты возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="P59"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Если право на возмещение банковского вклада (депозита) подтверждается договором банковского вклада (депозита), заявление о выплате возмещения банковского вклада (депозита) по установленной Агентством форме подается физическим лицом в банк-поверенный, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:hyperlink w:anchor="P61">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью четвертой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи. При этом физическим лицом предъявляется только </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>документ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, удостоверяющий личность.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="P61"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заявление о выплате возмещения банковского вклада (депозита) подается физическим лицом в Агентство в случаях, если:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">право на возмещение банковского вклада (депозита) подтверждается свидетельством о праве на наследство, постановлением суда о признании за наследником права собственности на банковский вклад (депозит), сберегательным сертификатом на предъявителя или иным документом, не указанным в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P59">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части третьей</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>банк после возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов) частично исполнил обязательство перед физическим лицом по возврату банковского вклада (депозита);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>на дату возникновения обязательства по возмещению банковских вкладов (депозитов) в отношении физического лица, выступавшего в качестве индивидуального предпринимателя при заключении договора банковского вклада (депозита), открыто конкурсное производство либо указанное лицо находится в процессе прекращения деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть четвертая статьи 5 в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>При подаче в Агентство заявления о выплате возмещения банковского вклада (депозита) физическим лицом предъявляются документ, удостоверяющий личность, а также документы, подтверждающие право на возмещение банковского вклада (депозита).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть пятая статьи 5 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Агентство рассматривает заявление о выплате возмещения банковского вклада (депозита) и сообщает о его удовлетворении обратившемуся физическому лицу и в банк-поверенный, который осуществляет выплату возмещения банковского вклада (депозита) в сроки, установленные </w:t>
       </w:r>
       <w:hyperlink w:anchor="P91">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частями первой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:hyperlink w:anchor="P92">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>второй статьи 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть шестая статьи 5 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId27">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="P70"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Если сведения, содержащиеся в документах, предъявленных при обращении за возмещением банковского вклада (депозита), и (или) в заявлении о выплате возмещения банковского вклада (депозита), не совпадают со сведениями, имеющимися в Агентстве в отношении этих банковского вклада (депозита), физического лица, обратившегося за выплатой возмещения банковского вклада (депозита), и (или) если требуется их дополнительное изучение, Агентство сообщает об этом обратившемуся физическому лицу и рассматривает заявление о выплате возмещения банковского вклада (депозита) не позднее одного месяца с даты поступления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть седьмая статьи 5 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId28">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">В случаях неподтверждения обоснованности права физического лица на возмещение банковского вклада (депозита) и (или) неподтверждения сведений, содержащихся в документах, предъявленных при обращении за возмещением банковского вклада (депозита), и (или) сведений, подлежащих указанию физическим лицом в заявлении о выплате возмещения банковского вклада (депозита) в соответствии с </w:t>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неподтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обоснованности права физического лица на возмещение банковского вклада (депозита) и (или) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неподтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведений, содержащихся в документах, предъявленных при обращении за возмещением банковского вклада (депозита), и (или) сведений, подлежащих указанию физическим лицом в заявлении о выплате возмещения банковского вклада (депозита) в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P99">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью пятой статьи 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, Агентство в письменной форме сообщает обратившемуся физическому лицу </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>об отказе в выплате ему возмещения банковского вклада (депозита) с указанием причин отказа.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть восьмая статьи 5 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="P74"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>При несогласии с размером возмещения банковского вклада (депозита), подлежащего выплате (выплаченного) банком-поверенным, или при отсутствии у банка-поверенного сведений о наличии у Агентства обязательства перед физическим лицом по возмещению банковского вклада (депозита) это физическое лицо имеет право не позднее пяти лет с даты возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов) обратиться в Агентство с соответствующим заявлением по установленной Агентством форме, предъявив подлинник договора банковского вклада (депозита) или иные документы, подтверждающие право на возмещение банковского вклада (депозита).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId30">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявление, указанное в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P74">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части девятой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, не требующее получения дополнительной информации, рассматривается Агентством не позднее пятнадцати рабочих дней с даты его поступления, а требующее получения такой информации - не позднее одного месяца.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId31">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В случаях обращения физического лица за выплатой возмещения банковского вклада (депозита) в банк-поверенный или Агентство, а также обращения физического лица в Агентство с заявлением, указанным в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P74">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части девятой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, по истечении пяти лет с даты возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов) этот срок по заявлению физического лица может быть восстановлен по решению Наблюдательного совета Агентства по гарантированному возмещению банковских вкладов (депозитов) физических лиц (далее - Наблюдательный совет) при наличии одного из следующих обстоятельств:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId32">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">своевременной подаче физическим лицом заявления о выплате возмещения банковского вклада (депозита) или заявления, указанного в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P74">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части девятой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, препятствовало чрезвычайное и непредотвратимое при данных условиях обстоятельство (непреодолимая сила);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId33">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>физическое лицо находилось за пределами Республики Беларусь;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">существовали иные обстоятельства, признанные Наблюдательным советом как препятствовавшие подаче физическим лицом заявления о выплате возмещения банковского вклада (депозита) или заявления, указанного в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P74">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части девятой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId34">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Решение Наблюдательного совета об отказе в восстановлении срока подачи заявления о выплате возмещения банковского вклада (депозита) или заявления, указанного в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P74">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части девятой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, в течение трех месяцев с даты его принятия может быть обжаловано в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId35">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 6. Выплата физическим лицам возмещения банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId36">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="P91"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Выплата физическому лицу возмещения банковского вклада (депозита) осуществляется в течение семи рабочих дней с даты подачи в банк-поверенный или Агентство заявления о выплате возмещения банковского вклада (депозита), если иное не предусмотрено </w:t>
       </w:r>
       <w:hyperlink w:anchor="P92">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью второй</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="P92"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Срок выплаты физическим лицам возмещения банковских вкладов (депозитов) продлевается:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">до одного месяца в случае, если поданное физическим лицом в Агентство заявление о выплате возмещения банковского вклада (депозита) требует дополнительного изучения в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P70">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью седьмой статьи 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="P94"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>до трех месяцев по решению Наблюдательного совета в случае привлечения в установленном порядке бюджетных займов в целях покрытия недостатка средств резерва Агентства для выплаты физическим лицам возмещения банковских вкладов (депозитов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>С даты возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов) в целях выплаты физическим лицам возмещения банковских вкладов (депозитов) Агентство ведет реестр требований физических лиц по возмещению банковских вкладов (депозитов) (далее - реестр требований физических лиц) по каждому банку. Порядок ведения реестра требований физических лиц устанавливается Агентством.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Если иное не предусмотрено </w:t>
       </w:r>
       <w:hyperlink w:anchor="P99">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью пятой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, выплата физическому лицу возмещения банковских вкладов (депозитов) осуществляется одним из следующих способов по выбору физического лица:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>наличными денежными средствами в банке-поверенном;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в безналичном порядке посредством перечисления на указанный в заявлении о выплате возмещения банковского вклада (депозита) текущий (расчетный) банковский счет в банке, имеющем специальное разрешение </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>(лицензию) на осуществление банковской деятельности, предоставляющее право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="P99"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Выплата возмещения банковского вклада (депозита) физическому лицу, выступавшему в качестве индивидуального предпринимателя при заключении договора банковского вклада (депозита), осуществляется в безналичном порядке посредством перечисления на указанный в заявлении о выплате возмещения банковского вклада (депозита) текущий (расчетный) банковский счет индивидуального предпринимателя в банке, имеющем специальное разрешение (лицензию) на осуществление банковской деятельности, предоставляющее право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты). При этом выплата возмещения банковского вклада (депозита) индивидуальному предпринимателю, в отношении которого открыто конкурсное производство либо находящемуся в процессе прекращения деятельности, осуществляется посредством перечисления на текущий (расчетный) банковский счет индивидуального предпринимателя, используемый в ходе соответствующих процедур.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Выплата возмещения банковских вкладов (депозитов) в безналичном порядке, зачисление денежных средств на текущий (расчетный) банковский счет, указанный в заявлении о выплате возмещения банковского вклада (депозита), осуществляются без взимания банками вознаграждения (платы).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 7. Переход права требования физических лиц к Агентству после выплаты возмещения банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId37">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>После исполнения Агентством обязательств по возмещению банковских вкладов (депозитов) к Агентству переходит принадлежавшее физическим лицам, получившим возмещение банковских вкладов (депозитов), право требования к банку в размере выплаченного возмещения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть первая статьи 7 в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId38">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство еженедельно в письменной форме уведомляет банк (ликвидационную комиссию (ликвидатора) или антикризисного управляющего) о размере перешедшего к нему права требования, принадлежавшего физическим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Агентство принимает предусм</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отренные законодательством меры по взысканию с банка задолженности и расходов, возникших в связи с исполнением Агентством обязательств по возмещению банковских вкладов (депозитов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId39">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Если банк после возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов) полностью или частично исполнит перед физическим лицом обязательство по возврату банковского вклада (депозита), то банк в течение одного рабочего дня с даты его исполнения уведомляет об этом Агентство для внесения сведений в реестр требований физических лиц по банку.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId40">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId41">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 8. Условия и размеры выплаты возмещения банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">При возникновении у Агентства обязательства по возмещению банковских вкладов (депозитов) банк-поверенный выплачивает физическому лицу с соблюдением условий, предусмотренных настоящей статьей, возмещение в размере 100 процентов от суммы банковского вклада (депозита) независимо от количества банковских вкладов (депозитов) у одного физического лица в конкретном банке, если иное не предусмотрено </w:t>
       </w:r>
       <w:hyperlink w:anchor="P117">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью второй</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 14.07.2009 </w:t>
       </w:r>
       <w:hyperlink r:id="rId42">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 41-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId43">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId44">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="P117"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Размер выплаты возмещения банковского вклада (депозита) физическому лицу, выступавшему в качестве индивидуального предпринимателя при заключении договора банковского вклада (депозита), не может превышать 100 000 белорусских рублей в одном банке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть вторая статьи 8 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId45">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Если индивидуальный предприниматель заключил с банком несколько договоров банковского вклада (депозита) и имеет несколько банковских вкладов (депозитов) в одном банке, выплата возмещения по каждому из таких банковских вкладов (депозитов) осуществляется пропорционально их размерам, но в совокупности не более суммы, указанной в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P117">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части второй</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи. При этом выплата указанному физическому лицу, его наследнику (наследникам) возмещения по банковским вкладам (депозитам) не зависит от выплаты этому же лицу (лицам) возмещения по иным банковским вкладам (депозитам).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть третья статьи 8 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId46">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Если банковский вклад (депозит) размещен в белорусских рублях, при его возмещении выплачивается сумма в белорусских рублях, если в иностранной валюте, - выплачивается сумма в валюте, в которой размещен банковский вклад (депозит). При этом по желанию физического лица возмещение </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>банковского вклада (депозита) независимо от валюты банковского вклада (депозита) может быть выплачено в белорусских рублях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>При расчете эквивалента размера банковского вклада (депозита) и суммы выплаты возмещения используются официальный курс Национального банка, кросс-курс, рассчитанный на основе официальных курсов белорусского рубля по отношению к соответствующим иностранным валютам на дату возникновения у Агентства перед физическим лицом обязательства по возмещению банковского вклада (депозита).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId47">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Часть пятая статьи 8 исключена. - </w:t>
       </w:r>
       <w:hyperlink r:id="rId48">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В случае, если банк является кредитодателем физического лица, разместившего в нем банковский вклад (депозит), являющийся объектом возмещения, размер возмещения такого банковского вклада (депозита) определяется исходя из разницы между суммой обязательств банка перед этим физическим лицом и суммой встречных требований банка к этому физическому лицу, по которым наступил срок исполнения, на дату возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId49">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Если банк после возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов) частично исполнил обязательство перед физическим лицом по возврату банковского вклада (депозита), Агентство исполняет обязательства по возмещению физическому лицу оставшейся части этого банковского вклада (депозита).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 14.07.2009 </w:t>
       </w:r>
       <w:hyperlink r:id="rId50">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 41-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId51">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 8-1. Особенности исполнения и прекращения обязательств по возмещению банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId52">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="P133"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">При прекращении деятельности банка путем его ликвидации в соответствии с законодательством до истечения срока обращения физических лиц за выплатой возмещения банковских вкладов (депозитов), установленного </w:t>
       </w:r>
       <w:hyperlink w:anchor="P57">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью второй статьи 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, обязательства банка перед этими лицами погашаются при перечислении банком Агентству денежных средств в сумме, необходимой для выплаты возмещения банковских вкладов (депозитов) физическим лицам, которые не обратились за возмещением банковских вкладов (депозитов) в порядке, установленном </w:t>
       </w:r>
       <w:hyperlink w:anchor="P52">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>статьей 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, и которые не получили от банка удовлетворения требований по возврату банковского вклада (депозита) в полном объеме.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Обязательство Агентства по возмещению банковских вкладов (депозитов) перед физическим лицом прекращается, если:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="P135"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">физическое лицо не воспользовалось правом обращения за выплатой возмещения банковского вклада (депозита) в банк-поверенный или Агентство в случаях, предусмотренных </w:t>
       </w:r>
       <w:hyperlink w:anchor="P133">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью первой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, - по истечении пяти лет с даты возникновения у Агентства обязательства по возмещению банковских вкладов (депозитов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>физическое лицо не воспользовалось правом обращения за выплатой возмещения банковского вклада (депозита) в банк-поверенный или Агентство, а его требование по возмещению банковского вклада (депозита) было удовлетворено банком самостоятельно, - с даты удовлетворения банком соответствующего требования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Положения настоящей статьи не распространяются на случаи, когда банк ликвидируется вследствие банкротства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 9. Права физических лиц</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Физическое лицо имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>получать от банка, с которым оно заключило договор банковского вклада (депозита), сведения о принятии банка на учет в Агентстве;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>подавать в Агентство заявление, содержащее информацию об отказе банка исполнить его обязательство по возврату банковского вклада (депозита) в срок, установленный договором банковского вклада (депозита);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>получать от Агентства при возникновении у него обязательства по возмещению банковских вкладов (депозитов) информацию о месте и времени приема физических лиц для принятия их заявлений о выплате возмещения банковских вкладов (депозитов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>получать от имени и за счет Агентства при возникновении у него обязательства по возмещению банковских вкладов (депозитов) возмещение банковского вклада (депозита) в порядке, на условиях и в размерах, предусмотренных настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId53">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>подавать в суд заявление об удовлетворении своих требований по обязательствам, вытекающим из договора банковского вклада (депозита);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>осуществлять иные права, предусмотренные настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 10. Разрешение споров, связанных с возмещением банковских вкладов (депозитов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId54">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Споры, связанные с возмещением банковских вкладов (депозитов), разрешаются в судебном порядке при условии соблюдения порядка обращения физических лиц за выплатой возмещения банковских вкладов (депозитов), предусмотренного </w:t>
       </w:r>
       <w:hyperlink w:anchor="P52">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>статьей 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ГЛАВА 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>УЧЕТ БАНКОВ В АГЕНТСТВЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 11. Принятие банка на учет в Агентстве</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Банк в день подачи документов в Национальный банк для получения специального разрешения (лицензии) на осуществление банковской деятельности, предоставляющего право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты), либо для дополнения перечня банковских операций, указанного в выданном банку специальном разрешении (лицензии) на осуществление банковской деятельности, банковской операцией по привлечению денежных средств физических лиц в банковские вклады (депозиты) направляет в Агентство заявление о принятии его на учет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть первая статьи 11 в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId55">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Национальный банк в день выдачи банку специального разрешения (лицензии) на осуществление банковской деятельности, предоставляющего право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты), обязан направить в Агентство в письменной форме уведомление о принятом решении с указанием наименования банка, места его нахождения, даты государственной регистрации, номера специального разрешения (лицензии), а также размера нормативного капитала банка для последующего расчета размера его учетного взноса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть вторая статьи 11 в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId56">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Часть третья статьи 11 исключена с 1 апреля 2022 года. - </w:t>
       </w:r>
       <w:hyperlink r:id="rId57">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Агентство в день получения от банка учетного взноса, перечисляемого в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P206">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью второй статьи 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, принимает этот банк на учет путем включения его в реестр банков, принятых на учет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId58">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">В случае неперечисления (перечисления не в полном объеме) банком в Агентство учетного взноса в срок, предусмотренный </w:t>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неперечисления</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (перечисления не в полном объеме) банком в Агентство учетного взноса в срок, предусмотренный </w:t>
       </w:r>
       <w:hyperlink w:anchor="P206">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью второй статьи 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>настоящего Закона, Агентство обязано не позднее одного месяца с даты истечения этого срока ходатайствовать перед Национальным банком о приостановлении действия специального разрешения (лицензии) на осуществление банковской деятельности в части предоставления банку права на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты) на срок до перечисления в полном объеме этого взноса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId59">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId60">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Агентство обязано в течение трех рабочих дней с даты включения банка в реестр банков, принятых на учет, выдать этому банку свидетельство о принятии его на учет в Агентстве и в течение пяти рабочих дней с даты выдачи свидетельства опубликовать в газете "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рэспублiка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и разместить на официальном сайте Агентства в глобальной компьютерной сети Интернет информацию о включении банка в реестр банков, принятых на учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 14.07.2009 </w:t>
       </w:r>
       <w:hyperlink r:id="rId61">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 41-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId62">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId63">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 12. Снятие банка с учета в Агентстве</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="P174"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Банк снимается с учета в Агентстве в случае принятия Национальным банком решения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>об отзыве специального разрешения (лицензии) на осуществление банковской деятельности, предоставляющего право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты), в целом либо в части осуществления этой банковской операции;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>о внесении изменения по ходатайству банка в перечень банковских операций, указанный в специальном разрешении (лицензии) на осуществление банковской деятельности, в части исключения из него банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="P177"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Национальный банк в день принятия решения, предусмотренного </w:t>
       </w:r>
       <w:hyperlink w:anchor="P174">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью первой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, обязан направить в Агентство в письменной форме уведомление о принятом решении.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Агентство в день получения уведомления Национального банка, указанного в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P177">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части второй</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, снимает банк с учета путем внесения в реестр банков, принятых на учет, соответствующей записи об этом. Датой снятия банка с учета в Агентстве считается дата принятия Национальным банком решения, предусмотренного </w:t>
       </w:r>
       <w:hyperlink w:anchor="P174">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью первой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>В случае снятия банка с учета в Агентстве выданное ему свидетельство о принятии его на учет в Агентстве аннулируется.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Банк в течение пяти рабочих дней с даты получения им уведомления Национального банка о принятии решения, предусмотренного </w:t>
       </w:r>
       <w:hyperlink w:anchor="P174">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью первой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, обязан возвратить в Агентство выданное ему свидетельство о принятии его на учет в Агентстве.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Агентство в течение пяти рабочих дней с даты снятия банка с учета обязано опубликовать в газете "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рэспублiка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и разместить на официальном сайте Агентства в глобальной компьютерной сети Интернет информацию об исключении банка из реестра банков, принятых на учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId64">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId65">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 13. Обязательные взносы банков</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId66">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Банки обязаны перечислять на безвозвратной основе в резерв Агентства обязательные взносы - учетный взнос и календарные взносы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="P188"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Учетный взнос составляет 0,5 процента от размера нормативного капитала банка на 1-е число месяца, в котором банком получено специальное разрешение (лицензия) на осуществление банковской деятельности, предоставляющее право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Календарные взносы уплачиваются банками за расчетный период, составляющий календарный квартал (далее - расчетный период), если иной период не установлен Советом Министров Республики Беларусь и Национальным банком.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Размер календарного взноса определяется исходя из размеров базовой ставки (стандартной, пониженной, чрезвычайной) и дополнительной ставки, установленных в соответствии с настоящей статьей, которые применяются к расчетной базе для исчисления календарных взносов (далее - расчетная база).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Для целей настоящей статьи под расчетной базой понимается среднее арифметическое ежедневных балансовых остатков на счетах банка по учету денежных средств, размещенных физическими лицами в банковские вклады (депозиты), которые подлежат возмещению в соответствии с настоящим Законом, за каждый календарный день расчетного периода.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Базовая стандартная ставка не может превышать 0,3 процента расчетной базы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Базовая пониженная ставка не может превышать 0,15 процента расчетной базы и применяется банком начиная с отчетного расчетного периода, следующего за расчетным периодом, в котором размер резерва Агентства составил 5 и более процентов от общего размера расчетных баз банков, принятых на учет (далее - совокупная расчетная база банков). В случае уменьшения резерва Агентства ниже указанного размера банки применяют для расчета календарных взносов базовые стандартные ставки начиная с отчетного расчетного периода, следующего за расчетным периодом, когда это уменьшение произошло.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Базовая чрезвычайная ставка не может превышать 0,6 процента расчетной базы, и ее размер устанавливается Советом Министров Республики Беларусь и Национальным банком по согласованию с Президентом Республики Беларусь в целях восстановления резерва Агентства, исполнения Агентством обязательств по непогашенным займам (кредитам), бюджетным займам, выданным Агентству в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P317">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью седьмой статьи 21</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона в целях покрытия недостатка средств резерва Агентства для выплаты физическим лицам возмещения банковских вкладов (депозитов), не более чем на три расчетных периода в течение года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство до окончания каждого расчетного периода в письменной форме информирует банки о соотношении размера резерва Агентства и размера совокупной расчетной базы банков.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Дополнительная ставка календарного взноса не может превышать 0,15 процента расчетной базы, и ее размер устанавливается в зависимости от уровня рисков, принимаемых банками при осуществлении своей деятельности. </w:t>
       </w:r>
       <w:hyperlink r:id="rId67">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Правила</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки деятельности банков в целях определения уровня принимаемых ими рисков, включая показатели оценки и методику классификации банков по группам риска, устанавливаются Национальным банком.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Размеры базовой ставки (стандартной, пониженной, чрезвычайной) и дополнительной ставки календарных взносов устанавливаются отдельно для расчета календарных взносов по банковским вкладам (депозитам) физических лиц в белорусских рублях и иностранной валюте.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство на основании информации, представленной Национальным банком, определяет группу риска, к которой относится банк, для целей осуществления расчета календарных взносов в последующем расчетном периоде и информирует каждый банк о его группе риска в письменной форме не позднее сорока пяти календарных дней до окончания текущего расчетного периода.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не допускается распространение Агентством информации о группе риска, к которой отнесен банк, третьим лицам, за исключением Национального банка, а также случаев, установленных законодательными актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Размеры базовой ставки (стандартной, пониженной) и дополнительной ставки календарных взносов устанавливаются Наблюдательным советом. Агентство в письменной форме информирует банки о решении Наблюдательного совета в течение трех рабочих дней со дня его принятия. При этом в случае изменения указанных ставок новые ставки устанавливаются не позднее тридцати календарных дней до окончания текущего расчетного периода и применяются в последующих расчетных периодах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Порядок расчета и перечисления в резерв Агентства обязательных взносов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId68">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Расчет обязательных взносов осуществляется банками самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="P206"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Банк обязан перечислить в резерв Агентства учетный взнос в размере, рассчитанном в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P188">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью второй статьи 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, в течение трех рабочих дней с даты получения специального разрешения (лицензии) на осуществление банковской деятельности, предоставляющего право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Календарные взносы перечисляются банком в резерв Агентства до 10-го числа месяца, следующего за отчетным расчетным периодом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Банки приостанавливают применение базовых ставок календарных взносов начиная с отчетного расчетного периода, следующего за расчетным периодом, в котором размер резерва Агентства составил 10 и более процентов от совокупной расчетной базы банков, и возобновляют их применение начиная с отчетного расчетного периода, следующего за расчетным периодом, в котором размер резерва Агентства составил менее 10 процентов от совокупной расчетной базы банков.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Календарные взносы по банковским вкладам (депозитам) физических лиц в белорусских рублях перечисляются банком в белорусских рублях, а по банковским вкладам (депозитам) в иностранной валюте - в одной из свободно конвертируемых валют исходя из кросс-курса, рассчитанного на основе официальных курсов белорусского рубля по отношению к соответствующим иностранным валютам, устанавливаемых Национальным банком на день перечисления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Возврат календарных взносов банков, перечисленных сверх определенных размеров, осуществляется в </w:t>
       </w:r>
       <w:hyperlink r:id="rId69">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>порядке</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, установленном Национальным банком.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...39 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приостановление Национальным банком действия специального разрешения (лицензии) на осуществление банковской деятельности, предоставляющего право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты), в части осуществления этой банковской операции не освобождает банк от обязанности по перечислению календарных взносов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Статья 15. Ответственность за неперечисление (перечисление не в полном объеме) в резерв Агентства календарных взносов</w:t>
-[...42 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+        <w:t xml:space="preserve">Статья 15. Ответственность за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неперечисление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (перечисление не в полном объеме) в резерв Агентства календарных взносов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неперечисление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (перечисление не в полном объеме) в резерв Агентства календарных взносов банк уплачивает в резерв Агентства пеню в размере 0,1 процента от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неперечисленной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суммы за каждый день просрочки платежа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 16. Обязанности банка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId70">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Банк, принятый на учет в Агентстве, обязан:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>информировать физических лиц о принятии его на учет в Агентстве с указанием номера свидетельства о принятии его на учет в Агентстве и даты его выдачи, о снятии его с учета в Агентстве посредством размещения информации на официальном сайте банка в глобальной компьютерной сети Интернет и в доступных для ознакомления местах в банке, его обособленных и (или) структурных подразделениях, осуществляющих банковскую операцию по привлечению денежных средств физических лиц в банковские вклады (депозиты);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId71">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>перечислять в резерв Агентства своевременно и в полном объеме календарные взносы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>информировать ежеквартально Агентство о размере общей суммы привлеченных банковских вкладов (депозитов) физических лиц по состоянию на 1-е число месяца, следующего за отчетным кварталом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>представлять Агентству в течение трех рабочих дней с даты получения в письменной форме его требования информацию о причинах отказа физическому лицу в исполнении обязательства по возврату банковского вклада (депозита) в срок, установленный договором банковского вклада (депозита);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">вести ежедневный учет своих обязательств перед физическими лицами и встречных требований банка к физическим лицам, позволяющий банку сформировать на любой день реестр обязательств банка перед физическими лицами по </w:t>
       </w:r>
       <w:hyperlink r:id="rId72">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>форме</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, определенной Национальным банком по предложению Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId73">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">абзацы седьмой - восьмой исключены. - </w:t>
       </w:r>
       <w:hyperlink r:id="rId74">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>исполнять иные обязанности, предусмотренные настоящим Законом и иным законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Банк, снятый с учета в Агентстве, обязан:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>представить Агентству реестр обязательств банка перед физическими лицами, сформированный на дату принятия Национальным банком решения об отзыве специального разрешения (лицензии) на осуществление банковской деятельности, предоставляющего право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты), в целом либо в части осуществления этой банковской операции, не позднее одного рабочего дня с даты получения банком уведомления Национального банка о принятии такого решения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId75">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>представлять Агентству в течение одного рабочего дня с даты полного или частичного исполнения обязательств банка перед физическим лицом по возврату вклада (депозита) информацию о каждом физическом лице, обязательства банка перед которым прекращены либо частично исполнены;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId76">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>исполнять иные обязанности, предусмотренные настоящим Законом и иным законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть вторая статьи 16 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId77">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ГЛАВА 4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>АГЕНТСТВО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Общие положения о деятельности Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство является некоммерческой организацией и создается в форме государственного учреждения от имени Республики Беларусь Советом Министров Республики Беларусь и Национальным банком.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Предметом деятельности Агентства являются аккумулирование обязательных взносов банков для формирования его резерва, управление резервом Агентства и обеспечение выплаты физическим лицам возмещения банковских вкладов (депозитов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId78">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Агентство осуществляет деятельность по возмещению банковских вкладов (депозитов) на основании Устава Агентства по гарантированному возмещению банковских вкладов (депозитов) физических лиц, утвержденного Советом Министров Республики Беларусь и Национальным банком (далее - Устав).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В своей деятельности Агентство руководствуется настоящим Законом, иными </w:t>
       </w:r>
       <w:hyperlink r:id="rId79">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>актами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> законодательства и </w:t>
       </w:r>
       <w:hyperlink r:id="rId80">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Уставом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Агентство имеет текущие (расчетные) банковские счета в белорусских рублях и иностранной валюте, иные счета в Национальном банке, печать, штамп и бланки с изображением Государственного герба Республики Беларусь и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>надписью</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Государственное учреждение "Агентство по гарантированному возмещению банковских вкладов (депозитов) физических лиц".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId81">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Операции по расчетному и (или) кассовому обслуживанию Агентства в Национальном банке осуществляются без взимания комиссионного вознаграждения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Функции Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство выполняет следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принимает на учет банки, имеющие специальное разрешение (лицензию) на осуществление банковской деятельности, выданное Национальным банком, предоставляющее право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ведет реестр банков, принятых на учет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>проверяет своевременность и полноту перечисления обязательных взносов банками;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ведет реестр требований физических лиц в случае возникновения у него обязательства по возмещению банковских вкладов (депозитов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обеспечивает выплату физическим лицам возмещения банковских вкладов (депозитов) в порядке, на условиях и в размерах, предусмотренных настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId82">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>выполняет по решению Национального банка функции временной администрации по управлению банком;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
       <w:hyperlink r:id="rId83">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>выполняет по решению суда, рассматривающего экономические дела, функции антикризисного управляющего при банкротстве банка;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
       <w:hyperlink r:id="rId84">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З; в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId85">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId86">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 08.07.2024 </w:t>
       </w:r>
       <w:hyperlink r:id="rId87">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 27-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">иные функции, возложенные на него настоящим Законом, иными законодательными актами и </w:t>
       </w:r>
       <w:hyperlink r:id="rId88">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Уставом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Отношения между Агентством и государством</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство осуществляет свою деятельность самостоятельно в соответствии с настоящим Законом, иными актами законодательства и Уставом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство отвечает по своим обязательствам находящимися в его распоряжении денежными средствами. При их недостаточности Республика Беларусь несет субсидиарную ответственность по обязательствам Агентства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 20. Полномочия Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId89">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство для выполнения возложенных на него функций вправе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>запрашивать у Национального банка бухгалтерскую и (или) финансовую отчетность, аудиторские заключения по бухгалтерской и (или) финансовой отчетности, иную отчетность банков, а также другую необходимую для выполнения своих функций информацию о деятельности банков, принятых на учет, истребовать у таких банков разъяснения по полученной информации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>получать от Национального банка информацию, необходимую и достаточную для определения группы риска, к которой относится банк, для целей осуществления расчета календарных взносов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>осуществлять анализ деятельности банков, принятых на учет, в части оценки вероятности возникновения положения, которое может создать угрозу интересам физических лиц, разместивших банковские вклады (депозиты), и повлечь выплату возмещения банковских вкладов (депозитов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>подать в суд, рассматривающий экономические дела, заявление о банкротстве банка по обязательствам, возникающим у банка перед физическими лицами из договоров банковского вклада (депозита), в порядке, установленном законодательными актами об урегулировании неплатежеспособности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId90">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 08.07.2024 N 27-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основании мотивированного письменного запроса получать от банков сведения (документы) и разъяснения, касающиеся расчета и уплаты взносов, ведения учета обязательств банка перед физическими лицами и встречных требований банка к физическим лицам, в том числе объема и содержания обязательств банка перед физическими лицами, а также формирования реестра обязательств банка перед физическими лицами, исполнения банками иных обязанностей, установленных настоящим Законом. Указанные сведения (документы) и разъяснения направляются банками в Агентство в течение десяти рабочих дней со дня получения соответствующего запроса, если Агентством в запросе не определен иной срок их направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>при возникновении у Агентства обязательства по возмещению банковских вкладов (депозитов) запрашивать и получать в банке дополнительную информацию, в том числе копии документов, необходимых для оценки обоснованности права физического лица на возмещение банковского вклада (депозита) и (или) подтверждения достоверности сведений, указанных физическим лицом в заявлении о выплате возмещения банковского вклада (депозита). Банк обязан представить Агентству требуемую информацию в течение трех рабочих дней со дня получения соответствующего запроса Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>при поступлении в Агентство заявления физического лица, содержащего информацию об отказе банка, принятого на учет, исполнить обязательство по возврату банковского вклада (депозита) в срок, установленный договором банковского вклада (депозита), истребовать у банка информацию о причинах отказа физическому лицу в исполнении такого обязательства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="P284"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обращаться в Национальный банк с предложениями об организации в установленном порядке проверки деятельности банка, не исполняющего обязанности, установленные настоящим Законом, о вынесении банку предписания и (или) применении к нему мер воздействия, предусмотренных законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>получать безвозмездно сведения из информационных систем, информационных ресурсов, необходимые для выполнения своих функций, в том числе содержащие персональные данные (без письменного согласия физического лица), иметь доступ, в том числе удаленный, к информационным системам, информационным ресурсам, содержащим сведения, необходимые для оценки обоснованности прав физического лица на возмещение банковского вклада (депозита) и (или) достоверности представленных физическим лицом сведений, по письменному (электронному) запросу или на основании соглашения между Агентством и государственными органами, организациями, если иное не определено законодательными актами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>реализовывать мероприятия по созданию, внедрению, эксплуатации и развитию информационных систем, информационных ресурсов по вопросам обеспечения выплаты физическим лицам возмещения банковских вкладов (депозитов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Агентство имеет иные полномочия, предусмотренные настоящим Законом и иными законодательными актами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Работники Агентства могут привлекаться Национальным банком к проведению проверок деятельности банка, принятого на учет, в части установления объема и содержания обязательств этого банка перед физическими лицами, а также проверок правильности расчета таким банком календарных взносов, перечисляемых в резерв Агентства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Имущество Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Имущество Агентства формируется за счет:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>первоначальных денежных взносов Совета Министров Республики Беларусь и Национального банка в размерах, определенных законодательными актами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обязательных взносов банков;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">денежных средств, перечисленных банками в гарантийный фонд защиты вкладов и депозитов физических лиц, созданный при Национальном банке, и зачисленных в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P455">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью третьей статьи 35</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона в резерв Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>объектов, в которые размещаются средства резерва Агентства и (или) в отношении которых Агентство осуществляет инвестиции, и доходов, полученных от размещения и (или) инвестирования этих средств;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId91">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">денежных средств, перечисленных банком Агентству в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P133">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью первой статьи 8-1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, при прекращении деятельности банка путем его ликвидации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
       <w:hyperlink r:id="rId92">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пени, уплаченной за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неперечисление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (перечисление не в полном объеме) банками календарных взносов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>иных источников, не запрещенных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Резерв Агентства является частью имущества Агентства, предназначен для выплаты физическим лицам возмещения банковских вкладов (депозитов) и состоит из:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обязательных взносов банков;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">денежных средств, перечисленных банками в гарантийный фонд защиты вкладов и депозитов физических лиц, созданный при Национальном банке, и зачисленных в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P455">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью третьей статьи 35</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона в резерв Агентства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>объектов, в которые размещаются средства резерва Агентства и (или) в отношении которых Агентство осуществляет инвестиции, и доходов, полученных от размещения и (или) инвестирования этих средств;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId93">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">денежных средств, перечисленных банком Агентству в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P133">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью первой статьи 8-1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, при прекращении деятельности банка путем его ликвидации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
       <w:hyperlink r:id="rId94">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пени, уплаченной за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неперечисление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (перечисление не в полном объеме) банками календарных взносов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>иных источников, предусмотренных законодательными актами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
       <w:hyperlink r:id="rId95">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">При прекращении обязательств Агентства по возмещению банковских вкладов (депозитов) в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P135">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>абзацем вторым части второй статьи 8-1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона перечисленные банком Агентству не востребованные физическими лицами денежные средства в месячный срок перечисляются в республиканский бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть третья статьи 21 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId96">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Имущество Агентства находится в собственности Республики Беларусь и закрепляется за Агентством на праве оперативного управления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Агентство осуществляет полномочия по владению, пользованию и распоряжению имуществом, закрепленным за ним, в порядке, установленном </w:t>
       </w:r>
       <w:hyperlink r:id="rId97">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Текущие и капитальные расходы Агентства производятся за счет его имущества (за исключением обязательных взносов банков и денежных средств, перечисленных банками в гарантийный фонд защиты вкладов и депозитов физических лиц, созданный при Национальном банке, и зачисленных в соответствии с </w:t>
       </w:r>
       <w:hyperlink w:anchor="P455">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью третьей статьи 35</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона в резерв Агентства). Расходы на содержание Агентства производятся в пределах сметы, утверждаемой Наблюдательным советом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="P317"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Недостаток средств резерва Агентства для выплаты физическим лицам возмещения банковских вкладов (депозитов) может покрываться за счет займов (кредитов), в том числе выданных под гарантию Национального банка, а также за счет бюджетных займов, выдаваемых из республиканского бюджета в порядке, установленном нормативными правовыми актами Президента Республики Беларусь, и иного имущества Агентства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Денежные средства, полученные Агентством от банков в порядке взыскания задолженности и расходов, возникших в связи с выплатой им физическим лицам возмещения банковских вкладов (депозитов), направляются на погашение полученных займов (кредитов), бюджетных займов, предусмотренных </w:t>
       </w:r>
       <w:hyperlink w:anchor="P317">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью седьмой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть восьмая статьи 21 в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId98">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Если займы (кредиты), бюджетные займы, предусмотренные </w:t>
       </w:r>
       <w:hyperlink w:anchor="P317">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>частью седьмой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, Агентством не были получены либо были возвращены в полном объеме, денежные средства, полученные Агентством от банков в порядке взыскания задолженности, возникшей в связи с выплатой им физическим лицам возмещения банковских вкладов (депозитов), направляются на пополнение резерва Агентства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть девятая статьи 21 введена </w:t>
       </w:r>
       <w:hyperlink r:id="rId99">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Размещение и (или) инвестирование временно свободных денежных средств резерва Агентства и иных временно свободных денежных средств, входящих в состав имущества Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId100">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Размещение и (или) инвестирование временно свободных денежных средств резерва Агентства и иных временно свободных денежных средств, входящих в состав имущества Агентства, осуществляются на принципах возвратности, прибыльности и ликвидности объектов, в которые размещаются эти средства и (или) в отношении которых Агентство осуществляет инвестиции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Временно свободные денежные средства резерва Агентства и иные временно свободные денежные средства, входящие в состав имущества Агентства, могут быть размещены и (или) инвестированы в следующие объекты:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>депозиты Национального банка;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>государственные ценные бумаги Республики Беларусь;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ценные бумаги Национального банка;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ценные бумаги открытого акционерного общества "Банк развития Республики Беларусь".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкретные объекты, в которые могут быть размещены и (или) инвестированы временно свободные денежные средства резерва Агентства, порядок и условия их размещения и (или) инвестирования, а также предельный размер таких средств ежегодно утверждаются Наблюдательным советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Размещение и (или) инвестирование временно свободных денежных средств резерва Агентства и иных временно свободных денежных средств, входящих в состав имущества Агентства, в иные объекты, не предусмотренные настоящим Законом, не допускаются.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>На денежные средства резерва Агентства и иные денежные средства, входящие в состав имущества Агентства, размещенные в депозиты Национального банка, начисляются проценты по ставке, установленной соглашением между Национальным банком и Агентством.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Работники Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">К работникам Агентства относятся лица, состоящие с ним в трудовых отношениях на основании заключенных трудовых </w:t>
       </w:r>
       <w:hyperlink r:id="rId101">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>договоров</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId102">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>контрактов</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Члены Наблюдательного совета не являются работниками Агентства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 24. Органы управления Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Высшим органом управления Агентства является Наблюдательный совет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Исполнительным органом Агентства является генеральный директор Агентства (далее - генеральный директор).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId103">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Наблюдательный совет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наблюдательный совет создается в целях контроля за деятельностью Агентства и выработки рекомендаций по возмещению банковских вкладов (депозитов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наблюдательный совет состоит из трех представителей Совета Министров Республики Беларусь и трех представителей Национального банка.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Срок полномочий членов Наблюдательного совета составляет пять лет. Одно и то же лицо может быть членом Наблюдательного совета не более двух сроков.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Председатель Наблюдательного совета избирается из числа членов Наблюдательного совета открытым голосованием.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="00141833">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:spacing w:before="220"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId104">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidR="003F4639" w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Состав</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidR="003F4639" w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Наблюдательного совета утверждается Советом Министров Республики Беларусь и Национальным банком.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>В случае увольнения (освобождения от должности) лица, включенного в состав Наблюдательного совета, его полномочия считаются приостановленными с даты увольнения (освобождения от должности), а после внесения изменения в состав Наблюдательного совета прекращаются.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId105">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 26. Компетенция Наблюдательного совета</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наблюдательный совет:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ежегодно утверждает конкретные объекты, в которые могут быть размещены и (или) инвестированы временно свободные денежные средства резерва Агентства, порядок и условия их размещения и (или) инвестирования, а также предельный размер таких средств;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>утверждает организационную структуру Агентства, его годовой отчет и смету расходов на содержание Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принимает решения об источниках и о размере покрытия недостатка средств резерва Агентства для выплаты физическим лицам возмещения банковских вкладов (депозитов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">принимает решение о продлении срока выплаты физическим лицам возмещения банковских вкладов (депозитов) в случае, предусмотренном </w:t>
       </w:r>
       <w:hyperlink w:anchor="P94">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>абзацем третьим части второй статьи 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId106">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принимает решения о восстановлении либо об отказе в восстановлении срока подачи физическим лицом заявлений, связанных с выплатой возмещения банковского вклада (депозита);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId107">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принимает решение о признании обстоятельства препятствовавшим подаче физическим лицом заявлений, связанных с выплатой возмещения банковского вклада (депозита);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId108">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принимает решение о проведении аудита бухгалтерской и (или) финансовой отчетности Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId109">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId110">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>утверждает выбранные на конкурсной основе аудиторскую организацию, аудитора, осуществляющего деятельность в качестве индивидуального предпринимателя, для проведения аудита бухгалтерской и (или) финансовой отчетности Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId111">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId112">
-        <w:r w:rsidRPr="003F4639">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>N 128-З</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>заслушивает отчеты генерального директора по вопросам деятельности Агентства, в том числе о выполнении сметы расходов на содержание Агентства, а также аудиторское заключение по результатам аудита годовой бухгалтерской и (или) финансовой отчетности Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId113">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">осуществляет иные полномочия, предусмотренные настоящим Законом, иными законодательными актами и </w:t>
       </w:r>
       <w:hyperlink r:id="rId114">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Уставом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Генеральный директор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Генеральный директор назначается на должность решением Совета Министров Республики Беларусь и Национального банка по представлению Председателя Правления Национального банка.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>С генеральным директором заключается контракт на срок не более пяти лет, подписываемый председателем Наблюдательного совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Генеральный директор осуществляет текущее руководство деятельностью Агентства и подотчетен Наблюдательному совету.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кандидатура генерального директора представляется Председателем Правления Национального банка не позднее одного месяца до истечения срока контракта, заключенного с генеральным директором.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Генеральный директор освобождается от должности по решению Совета Министров Республики Беларусь и Национального банка в случаях, предусмотренных законодательными актами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 28. Компетенция генерального директора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Генеральный директор:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>издает приказы и распоряжения по вопросам деятельности Агентства, подписывает свидетельство о принятии банка на учет в Агентстве;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ходатайствует от имени Агентства перед Национальным банком об организации проверки деятельности банка, принятого на учет в Агентстве, о вынесении этому банку предписания об устранении выявленных нарушений и (или) о применении к нему мер воздействия, предусмотренных законодательством, в случае, предусмотренном </w:t>
       </w:r>
       <w:hyperlink w:anchor="P284">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>абзацем девятым части первой статьи 20</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId115">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>организует выполнение решений Наблюдательного совета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>назначает на должность и освобождает от должности работников Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>определяет в порядке, установленном законодательством, служебные обязанности, формы и систему оплаты труда работников Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>вносит в Наблюдательный совет для утверждения предложения о развитии системы возмещения банковских вкладов (депозитов), об организационной структуре Агентства и смету расходов на содержание Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>осуществляет без доверенности действия от имени Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принимает решения по иным вопросам, отнесенным к компетенции Агентства, за исключением вопросов, отнесенных к компетенции Наблюдательного совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Генеральный директор участвует в заседаниях Наблюдательного совета с правом совещательного голоса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 29. Порядок организации деятельности Наблюдательного совета и генерального директора. Обязанности и ответственность членов Наблюдательного совета и генерального директора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок организации деятельности Наблюдательного совета и генерального директора устанавливается </w:t>
       </w:r>
       <w:hyperlink r:id="rId116">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Уставом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Члены Наблюдательного совета и генеральный директор обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>осуществлять свою деятельность в интересах физических лиц, заключивших договор банковского вклада (депозита), и Агентства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>исполнять иные обязанности, установленные настоящим Законом, иными актами законодательства и Уставом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наблюдательный совет правомочен принимать решения, если на заседании присутствует не менее половины его членов. Решения Наблюдательного совета принимаются простым большинством голосов от числа присутствующих. При равенстве голосов голос председателя Наблюдательного совета является решающим.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>За неисполнение или ненадлежащее исполнение своих обязанностей члены Наблюдательного совета и генеральный директор несут ответственность в соответствии с законодательными актами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId117">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 30. Отчетность Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...26 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Генеральный директор ежегодно не позднее 15 февраля года, следующего за отчетным периодом, представляет в Наблюдательный совет годовой отчет Агентства. Годовой отчет Агентства утверждается Наблюдательным советом до 15 марта года, следующего за отчетным периодом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Отчетный период Агентства устанавливается с 1 января по 31 декабря включительно.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Годовой отчет Агентства включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>отчет о его деятельности по возмещению банковских вкладов (депозитов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>годовую бухгалтерскую и (или) финансовую отчетность (бухгалтерский баланс, отчет о прибылях и убытках, отчет об использовании целевого финансирования, примечания к указанной отчетности, включающие информацию об использовании средств резерва Агентства, средств, размещенных и (или) инвестируемых Агентством, и доходов, полученных от размещения и (или) инвестирования таких средств, а также информацию о выполнении сметы расходов на содержание Агентства).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть третья статьи 30 в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId118">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>К годовой бухгалтерской и (или) финансовой отчетности Агентства прилагается аудиторское заключение по результатам аудита этой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(часть четвертая статьи 30 в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId119">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Годовой отчет Агентства после его утверждения Наблюдательным советом направляется в Совет Министров Республики Беларусь и Национальный банк.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Годовой отчет Агентства в части информации о его деятельности по возмещению банковских вкладов (депозитов) публикуется в газете "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рэспублiка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и размещается на официальном сайте Агентства в глобальной компьютерной сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Законов Республики Беларусь от 10.01.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId120">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 240-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.11.2021 </w:t>
       </w:r>
       <w:hyperlink r:id="rId121">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>N 128-З</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 31. Контроль за деятельностью Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Контроль за деятельностью Агентства, а также за расходованием им средств республиканского бюджета осуществляется в порядке, установленном законодательными </w:t>
       </w:r>
       <w:hyperlink r:id="rId122">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>актами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 32. Аудит бухгалтерской и (или) финансовой отчетности Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId123">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId124">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Годовая бухгалтерская и (или) финансовая отчетность Агентства подлежит обязательному аудиту аудиторской организацией, аудитором, осуществляющим деятельность в качестве индивидуального предпринимателя, выбираемыми ежегодно на конкурсной основе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId125">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Аудит бухгалтерской и (или) финансовой отчетности Агентства может быть также проведен по требованию простого большинства членов Наблюдательного совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId126">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 11.11.2021 N 128-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 33. Неразглашение сведений, составляющих банковскую тайну, и иной информации о деятельности Агентства и банков, принятых в нем на учет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство гарантирует неразглашение сведений, составляющих банковскую тайну, и иной информации о деятельности и операциях банков, принятых в нем на учет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="P439"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Члены Наблюдательного совета, генеральный директор и иные работники Агентства не вправе разглашать информацию о его деятельности, сведения, составляющие </w:t>
       </w:r>
       <w:hyperlink r:id="rId127">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>банковскую тайну</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, иную информацию о деятельности и операциях банков, принятых в нем на учет, а также иные сведения, доступ к которым они имели при исполнении служебных обязанностей, за исключением сведений, предоставление которых предусмотрено настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">За разглашение информации, указанной в </w:t>
       </w:r>
       <w:hyperlink w:anchor="P439">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>части второй</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей статьи, члены Наблюдательного совета, генеральный директор и иные работники Агентства несут ответственность в соответствии с законодательными актами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
       <w:hyperlink r:id="rId128">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 10.01.2015 N 240-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Статья 34. Реорганизация и ликвидация Агентства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Агентство может быть реорганизовано или ликвидировано по решению Президента Республики Беларусь, определяющему порядок реорганизации или ликвидации Агентства и использования его имущества.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ГЛАВА 5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 35. Особенности принятия на учет в Агентстве банков, осуществлявших банковскую операцию по привлечению денежных </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+        <w:t>Статья 35. Особенности принятия на учет в Агентстве банков, осуществлявших банковскую операцию по привлечению денежных средств физических лиц в банковские вклады (депозиты) до вступления в силу настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="P452"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Национальный банк в течение одного месяца со дня вступления в силу настоящего Закона представляет в Агентство перечень банков, имеющих специальное разрешение (лицензию) на осуществление банковской деятельности, предоставляющее право на осуществление банковской операции по привлечению денежных средств физических лиц в банковские вклады (депозиты), для их принятия на учет в Агентстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Агентство в течение трех рабочих дней с даты получения перечня, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P452">
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>частью первой</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, осуществляет принятие указанных в нем банков на учет и публикует этот перечень в республиканских печатных средствах массовой информации, определенных Президентом Республики Беларусь официальными изданиями для опубликования нормативных правовых актов Национального банка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129">
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="P455"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ежемесячные взносы, внесенные банками в гарантийный фонд защиты вкладов и депозитов физических лиц, созданный при Национальном банке, в течение месяца со дня вступления в силу настоящего Закона переводятся на счета Агентства для зачисления их в его резерв.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Банки, вносившие ежемесячные взносы в гарантийный фонд защиты вкладов и депозитов физических лиц, созданный при Национальном банке, а также банки, освобожденные до принятия на учет в Агентстве от внесения ежемесячных взносов в этот фонд, освобождаются от перечисления учетного взноса в резерв Агентства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...85 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+        <w:t>Статья 36. Возмещение банковских вкладов (депозитов) в банках, осуществлявших банковскую операцию по привлечению денежных средств физических лиц в банковские вклады (депозиты) до вступления в силу настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возмещение банковских вкладов (депозитов) в банках, осуществлявших банковскую операцию по привлечению денежных средств физических лиц в банковские вклады (депозиты) до вступления в силу настоящего Закона, по договорам банковских вкладов (депозитов), заключенным до принятия банка на учет в Агентстве, осуществляется в порядке, на условиях и в размерах, предусмотренных настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129">
-[...3 lines deleted...]
-            <w:color w:val="0000FF"/>
+      <w:hyperlink r:id="rId130">
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...53 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Часть вторая статьи 36 исключена. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131">
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Закон</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Беларусь от 14.07.2009 N 41-З.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Статья 36. Возмещение банковских вкладов (депозитов) в банках, осуществлявших банковскую операцию по привлечению денежных средств физических лиц в банковские вклады (депозиты) до вступления в силу настоящего Закона</w:t>
-[...93 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:t>Статья 37. Внесение дополнения и изменений в некоторые законы Республики Беларусь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Утратил силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 1 статьи 37 утратил силу с 1 января 2014 года. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132">
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
-[...18 lines deleted...]
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Беларусь от 12.07.2013 N 56-З)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133">
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Абзац десятый части первой статьи 52</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Банковского кодекса Республики Беларусь от 25 октября 2000 года в редакции Закона Республики Беларусь от 17 июля 2006 года (Национальный реестр правовых актов Республики Беларусь, 2000 г., N 106, 2/219; 2006 г., N 113, 2/1243) изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"привлечение денежных средств банков и небанковских кредитно-финансовых организаций, а также организации, осуществляющей гарантированное возмещение банковских вкладов (депозитов) физических лиц, в депозиты;".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4639">
+      <w:bookmarkStart w:id="23" w:name="P471"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 37. Внесение дополнения и изменений в некоторые законы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+        <w:t>Статья 38. Меры по реализации положений настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совету Министров Республики Беларусь и Национальному банку:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение двух месяцев со дня официального опубликования настоящего Закона утвердить Устав и состав Наблюдательного совета, принять решение о назначении на должность генерального директора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение шести месяцев со дня официального опубликования настоящего Закона обеспечить приведение нормативных правовых актов в соответствие с настоящим Законом и принять иные меры по реализации положений настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...266 lines deleted...]
-        </w:rPr>
         <w:t>Статья 39. Вступление в силу настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящий Закон вступает в силу с 1 января 2009 года, за исключением настоящей статьи и </w:t>
       </w:r>
       <w:hyperlink w:anchor="P471">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>статьи 38</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, которые вступают в силу со дня официального опубликования настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">До приведения законодательства Республики Беларусь в соответствие с настоящим Законом нормативные правовые акты применяются в той части, в которой они не противоречат настоящему Закону, если иное не предусмотрено </w:t>
       </w:r>
       <w:hyperlink r:id="rId134">
-        <w:r w:rsidRPr="003F4639">
-[...2 lines deleted...]
-            <w:color w:val="0000FF"/>
+        <w:r w:rsidRPr="002A6C0D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Конституцией</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F4639">
+      <w:r w:rsidRPr="002A6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Беларусь.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4677"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F4639" w:rsidRPr="003F4639">
+      <w:tr w:rsidR="003F4639" w:rsidRPr="002A6C0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F4639">
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Президент Республики Беларусь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+          <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
             <w:pPr>
               <w:pStyle w:val="ConsPlusNormal"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F4639">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A6C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А.Лукашенко</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003F4639" w:rsidRPr="003F4639" w:rsidRDefault="003F4639">
+    <w:p w:rsidR="003F4639" w:rsidRPr="002A6C0D" w:rsidRDefault="003F4639">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC7678" w:rsidRPr="003F4639" w:rsidRDefault="00FC7678">
-[...11 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId135"/>
+    <w:p w:rsidR="00FC7678" w:rsidRPr="002A6C0D" w:rsidRDefault="00FC7678">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FC7678" w:rsidRPr="002A6C0D" w:rsidSect="003F4639">
+      <w:headerReference w:type="even" r:id="rId135"/>
+      <w:headerReference w:type="default" r:id="rId136"/>
+      <w:footerReference w:type="even" r:id="rId137"/>
+      <w:footerReference w:type="default" r:id="rId138"/>
+      <w:headerReference w:type="first" r:id="rId139"/>
+      <w:footerReference w:type="first" r:id="rId140"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006A2B19" w:rsidRDefault="006A2B19" w:rsidP="003F4639">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006A2B19" w:rsidRDefault="006A2B19" w:rsidP="003F4639">
       <w:pPr>
@@ -12650,171 +12630,230 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00141833" w:rsidRDefault="00141833">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00141833" w:rsidRDefault="00141833">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00141833" w:rsidRDefault="00141833">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006A2B19" w:rsidRDefault="006A2B19" w:rsidP="003F4639">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006A2B19" w:rsidRDefault="006A2B19" w:rsidP="003F4639">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00141833" w:rsidRDefault="00141833">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1007832651"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="003F4639" w:rsidRDefault="003F4639">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00141833">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>31</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="003F4639" w:rsidRDefault="003F4639">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00141833" w:rsidRDefault="00141833">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F4639"/>
+    <w:rsid w:val="00141833"/>
+    <w:rsid w:val="002A6C0D"/>
     <w:rsid w:val="003F4639"/>
+    <w:rsid w:val="00467D64"/>
     <w:rsid w:val="006A2B19"/>
     <w:rsid w:val="00FC7678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{83910D5A-A397-41F4-BEC1-2B494CA6AAB0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13368,51 +13407,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003F4639"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58391B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58295B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58196BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC544D213DFB2E2A01009AB2C53F7E0BB7C2889AD8C09F96BE6A041C3Br6f7M" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C482D3DF82E2A01009AB2C53F7E0BA5C2D096DAC58196BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819EBB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C42283CF02E2A01009AB2C53F7E0BA5C2D096DAC58194BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58291B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58390B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F492C32FA2E2A01009AB2C53F7E0BA5C2D096DAC58197B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC544D2F3DFF2E2A01009AB2C53F7E0BB7C2889AD8C09F96BE6A041C3Br6f7M" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58196BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58196BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819EBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58393B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58095B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58394B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C4E2F39FC2E2A01009AB2C53F7E0BA5C2D096DAC58197B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58191B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC5819FBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58297B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC5829EB42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58197B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC5839EB42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5443293DFE2E2A01009AB2C53F7E0BA5C2D096DAC48496BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F492A3EF12E2A01009AB2C53F7E0BA5C2D096DAC58196BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FB77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5F43213DFE2E2A01009AB2C53F7E0BA5C2D096DAC58391B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58095B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC5819FBD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C42283CF02E2A01009AB2C53F7E0BA5C2D096DAC58194BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58597B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58393B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58094BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58197BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC544C283BF02E2A01009AB2C53F7E0BA5C2D096DAC58196BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58094BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C4B2E38F02E2A01009AB2C53F7E0BA5C2D096DAC58196B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58192BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58196BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58295B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58194BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5F43213DFE2E2A01009AB2C53F7E0BA5C2D096DAC58391B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C49293FFA2E2A01009AB2C53F7E0BA5C2D096DAC78590BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C42283CF02E2A01009AB2C53F7E0BA5C2D096DAC58194BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58095B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58094BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C492839F12E2A01009AB2C53F7E0BA5C2D096DAC5809EB87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C4F2D38F02E2A01009AB2C53F7E0BA5C2D096DAC5809FBB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC5819EB87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58096BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4E293EF27320095996B0C230211CA28BDC97DBCC8996B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58391B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58295B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC544D213DFB2E2A01009AB2C53F7E0BB7C2889AD8C09F96BE6A041C3Br6f7M" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C482D3DF82E2A01009AB2C53F7E0BA5C2D096DAC58196BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819EBB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C42283CF02E2A01009AB2C53F7E0BA5C2D096DAC58194BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58291B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58390B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F492C32FA2E2A01009AB2C53F7E0BA5C2D096DAC58197B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC544D2F3DFF2E2A01009AB2C53F7E0BB7C2889AD8C09F96BE6A041C3Br6f7M" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58196BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58196BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819EBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58393B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58095B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58394B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C4E2F39FC2E2A01009AB2C53F7E0BA5C2D096DAC58197B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58191B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC5819FBF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58297B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC5829EB42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58197B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC5839EB42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5443293DFE2E2A01009AB2C53F7E0BA5C2D096DAC48496BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F492A3EF12E2A01009AB2C53F7E0BA5C2D096DAC58196BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FB77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5F43213DFE2E2A01009AB2C53F7E0BA5C2D096DAC58391B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58095B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58194B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC5819FBD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C42283CF02E2A01009AB2C53F7E0BA5C2D096DAC58194BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58597B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58393B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58094BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58197BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC544C283BF02E2A01009AB2C53F7E0BA5C2D096DAC58196BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58190B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58094BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58092B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C4B2E38F02E2A01009AB2C53F7E0BA5C2D096DAC58196B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58192BA7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58196BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58192BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FF45F492933F27320095996B0C230211CA28BDC97DAC58295B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5F4A2E3DF92E2A01009AB2C53F7E0BA5C2D096DAC58194BB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC5819FBC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5F43213DFE2E2A01009AB2C53F7E0BA5C2D096DAC58391B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58195BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58190B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C49293FFA2E2A01009AB2C53F7E0BA5C2D096DAC78590BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C42283CF02E2A01009AB2C53F7E0BA5C2D096DAC58194BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58193BE7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58191B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58097B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58191B67F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58095B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58094BD7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C492839F12E2A01009AB2C53F7E0BA5C2D096DAC5809EB87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFF5C4F2D38F02E2A01009AB2C53F7E0BA5C2D096DAC5809FBB7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58196BC7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58194B97F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58193BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC5819EB87F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58096BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4D2833FB2E2A01009AB2C53F7E0BA5C2D096DAC58093B77F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5A4E293EF27320095996B0C230211CA28BDC97DBCC8996B42057586C6EF5073F213E79ED9172r8fCM" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=E64B28E8191BCA7DDFAA31216DC0D591FD5402F59FFC5E422C32FC2E2A01009AB2C53F7E0BA5C2D096DAC58196BF7F524D7D36FA00243E3E66F193708Ar4f2M" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13634,72 +13673,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>31</Pages>
   <Words>13489</Words>
   <Characters>76891</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>640</Lines>
   <Paragraphs>180</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>90200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Маковская Виктория Арнольдовна</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>