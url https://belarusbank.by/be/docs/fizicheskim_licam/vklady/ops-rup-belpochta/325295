--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -22,75 +22,75 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" codeName="ЭтаКнига" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28080" windowHeight="9165" tabRatio="740"/>
   </bookViews>
   <sheets>
     <sheet name="Содержание" sheetId="9" r:id="rId1"/>
     <sheet name="Брестская область" sheetId="1" r:id="rId2"/>
     <sheet name="Витебская область" sheetId="2" r:id="rId3"/>
     <sheet name="Гомельская область" sheetId="3" r:id="rId4"/>
     <sheet name="Гродненская область" sheetId="4" r:id="rId5"/>
     <sheet name="Минская область" sheetId="5" r:id="rId6"/>
     <sheet name="Могилевская область" sheetId="6" r:id="rId7"/>
     <sheet name="г.Минск" sheetId="7" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Брестская область'!$A$2:$E$256</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Витебская область'!$A$2:$E$229</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Брестская область'!$A$2:$E$255</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Витебская область'!$A$2:$E$228</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Гомельская область'!$A$1:$E$182</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Гродненская область'!$A$2:$E$80</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Минская область'!$A$2:$E$229</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Могилевская область'!$A$2:$E$218</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Могилевская область'!$A$2:$E$216</definedName>
     <definedName name="перейти">Содержание!$D$5</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="XEW132" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4794" uniqueCount="1266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4778" uniqueCount="1262">
   <si>
     <t>Почтовый Код</t>
   </si>
   <si>
     <t>Область</t>
   </si>
   <si>
     <t>Район</t>
   </si>
   <si>
     <t>Наименование ОПС</t>
   </si>
   <si>
     <t>Брестская</t>
   </si>
   <si>
     <t>Брестский</t>
   </si>
   <si>
     <t>ОПС Большие Радваничи</t>
   </si>
   <si>
     <t>ОПС Медно</t>
   </si>
   <si>
@@ -135,53 +135,50 @@
   <si>
     <t>ОПС Омеленец</t>
   </si>
   <si>
     <t>ОПС Ставы</t>
   </si>
   <si>
     <t>ОПС Ходосы</t>
   </si>
   <si>
     <t>ОПС Рясна</t>
   </si>
   <si>
     <t>ОПС Войская</t>
   </si>
   <si>
     <t>ОПС Новоселки</t>
   </si>
   <si>
     <t>Жабинковский</t>
   </si>
   <si>
     <t>ПОПС № 1 г.Жабинка (стоянки н.п. сан. "Буг" дом 2, н.п. сан. "Буг" адм. корпус, н.п. Федьковичи, н.п. Чижевщина)</t>
   </si>
   <si>
-    <t>ПОПС № 2 г.Жабинка (стоянки н.п. Подлесье, н.п. Соколово)</t>
-[...1 lines deleted...]
-  <si>
     <t>ОПС Орепичи</t>
   </si>
   <si>
     <t>ОПС Старое Село</t>
   </si>
   <si>
     <t>ППС Большие Яковчицы ОПС № 1 г.Жабинка</t>
   </si>
   <si>
     <t>ОПС Степанки</t>
   </si>
   <si>
     <t>ОПС Вежки</t>
   </si>
   <si>
     <t>ОПС Хмелево</t>
   </si>
   <si>
     <t>ОПС Кривляны</t>
   </si>
   <si>
     <t>ОПС Озяты</t>
   </si>
   <si>
     <t>Пружанский</t>
@@ -1338,53 +1335,50 @@
   <si>
     <t>ОПС Сорочино</t>
   </si>
   <si>
     <t>ОПС Коковчино</t>
   </si>
   <si>
     <t>ОПС Ходцы</t>
   </si>
   <si>
     <t>ОПС Пламя</t>
   </si>
   <si>
     <t>ОПС Новая Оболь</t>
   </si>
   <si>
     <t xml:space="preserve">Витебская </t>
   </si>
   <si>
     <t>ОПС Немойта</t>
   </si>
   <si>
     <t>Городокский</t>
   </si>
   <si>
-    <t>ППС Прудники ОПС Городок-1</t>
-[...1 lines deleted...]
-  <si>
     <t>ОПС Пальминка</t>
   </si>
   <si>
     <t>ОПС Кабище</t>
   </si>
   <si>
     <t>ОПС Вировля</t>
   </si>
   <si>
     <t>ОПС Межа</t>
   </si>
   <si>
     <t>ОПС Бычиха</t>
   </si>
   <si>
     <t>ОПС Холомерье</t>
   </si>
   <si>
     <t>ОПС Езерище</t>
   </si>
   <si>
     <t>Верхнедвинский</t>
   </si>
   <si>
     <t>ОПС Нурово</t>
@@ -3514,56 +3508,50 @@
     <t>ОПС Боханы</t>
   </si>
   <si>
     <t>ОПС Липовка</t>
   </si>
   <si>
     <t>ОПС Тростино</t>
   </si>
   <si>
     <t>ОПС Забелышин</t>
   </si>
   <si>
     <t>ОПС Белынковичи</t>
   </si>
   <si>
     <t>ОПС Бороньки</t>
   </si>
   <si>
     <t>ОПС Мошевое</t>
   </si>
   <si>
     <t>ОПС Прусино</t>
   </si>
   <si>
     <t>ОПС Большая Крапивня</t>
-  </si>
-[...4 lines deleted...]
-    <t>ПОПС № 2 г.Костюковичи н.п. Волоськовня, н.п. Студенец</t>
   </si>
   <si>
     <t>ОПС Шарейки</t>
   </si>
   <si>
     <t>ОПС Муравилье</t>
   </si>
   <si>
     <t>ОПС Селецкое</t>
   </si>
   <si>
     <t>Осиповичский</t>
   </si>
   <si>
     <t>ОПС Вязовница</t>
   </si>
   <si>
     <t>ОПС Цель</t>
   </si>
   <si>
     <t>ОПС Корытное</t>
   </si>
   <si>
     <t>ОПС Жорновка</t>
   </si>
@@ -3851,94 +3839,87 @@
     <t>Могилевская область'!A1</t>
   </si>
   <si>
     <t>г.Минск!A1</t>
   </si>
   <si>
     <t xml:space="preserve"> →</t>
   </si>
   <si>
     <t>ОПС Красная Воля</t>
   </si>
   <si>
     <t>ОПС Крево</t>
   </si>
   <si>
     <t>ОПС Дубно</t>
   </si>
   <si>
     <t>ОПС Сосны</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -4367,53 +4348,53 @@
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4435,51 +4416,50 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4493,123 +4473,123 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Гиперссылка" xfId="1" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="248">
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
@@ -7227,10319 +7207,10278 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист1"/>
   <dimension ref="A2:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="75.85546875" customWidth="1"/>
-    <col min="3" max="3" width="10.140625" style="73" customWidth="1"/>
+    <col min="3" max="3" width="10.140625" style="72" customWidth="1"/>
     <col min="4" max="4" width="26" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:4" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="77" t="s">
-[...3 lines deleted...]
-      <c r="D3" s="79"/>
+      <c r="B3" s="76" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C3" s="77"/>
+      <c r="D3" s="78"/>
     </row>
     <row r="4" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="74" t="s">
+      <c r="B4" s="73" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C4" s="69"/>
+      <c r="D4" s="74"/>
+    </row>
+    <row r="5" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="62" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C5" s="70" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D5" s="63" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="65"/>
+      <c r="B6" s="66"/>
+      <c r="C6" s="70"/>
+      <c r="D6" s="67"/>
+    </row>
+    <row r="7" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="62" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C7" s="70" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D7" s="63" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" s="16" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="68"/>
+      <c r="C8" s="71"/>
+      <c r="D8" s="67"/>
+    </row>
+    <row r="9" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="62" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C9" s="70" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D9" s="63" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" s="16" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="68"/>
+      <c r="C10" s="71"/>
+      <c r="D10" s="67"/>
+    </row>
+    <row r="11" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="62" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C11" s="70" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D11" s="63" t="s">
         <v>1253</v>
       </c>
-      <c r="C4" s="70"/>
-[...3 lines deleted...]
-      <c r="B5" s="63" t="s">
+    </row>
+    <row r="12" spans="1:4" s="16" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="68"/>
+      <c r="C12" s="71"/>
+      <c r="D12" s="67"/>
+    </row>
+    <row r="13" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="62" t="s">
         <v>1246</v>
       </c>
-      <c r="C5" s="71" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="64" t="s">
+      <c r="C13" s="70" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D13" s="63" t="s">
         <v>1254</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="B7" s="63" t="s">
+    <row r="14" spans="1:4" s="16" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="68"/>
+      <c r="C14" s="71"/>
+      <c r="D14" s="67"/>
+    </row>
+    <row r="15" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="62" t="s">
         <v>1247</v>
       </c>
-      <c r="C7" s="71" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="64" t="s">
+      <c r="C15" s="70" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D15" s="63" t="s">
         <v>1255</v>
       </c>
     </row>
-    <row r="8" spans="1:4" s="16" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="B9" s="63" t="s">
+    <row r="16" spans="1:4" s="16" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="68"/>
+      <c r="C16" s="71"/>
+      <c r="D16" s="67"/>
+    </row>
+    <row r="17" spans="2:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="62" t="s">
         <v>1248</v>
       </c>
-      <c r="C9" s="71" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="64" t="s">
+      <c r="C17" s="70" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D17" s="64" t="s">
         <v>1256</v>
-      </c>
-[...62 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" location="'Брестская область'!A1" display="'Брестская область'!A1"/>
     <hyperlink ref="D7" location="'Витебская область'!A1" display="'Витебская область'!A1"/>
     <hyperlink ref="D9" location="'Гомельская область'!A1" display="'Гомельская область'!A1"/>
     <hyperlink ref="D11" location="'Гродненская область'!A1" display="'Гродненская область'!A1"/>
     <hyperlink ref="D13" location="'Минская область'!A1" display="'Минская область'!A1"/>
     <hyperlink ref="D15" location="'Могилевская область'!A1" display="'Могилевская область'!A1"/>
     <hyperlink ref="D17" location="г.Минск!A1" display="г.Минск!A1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист2"/>
-  <dimension ref="A1:K256"/>
+  <dimension ref="A1:K255"/>
   <sheetViews>
-    <sheetView topLeftCell="A234" workbookViewId="0">
-      <selection activeCell="E165" sqref="E165"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A25" sqref="A25:XFD25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.140625" customWidth="1"/>
     <col min="2" max="2" width="15.85546875" customWidth="1"/>
     <col min="3" max="3" width="19.140625" customWidth="1"/>
     <col min="4" max="4" width="33" customWidth="1"/>
-    <col min="5" max="5" width="19.85546875" style="45" customWidth="1"/>
+    <col min="5" max="5" width="19.85546875" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="80"/>
-[...9 lines deleted...]
-      <c r="K1" s="80"/>
+      <c r="A1" s="79"/>
+      <c r="B1" s="79"/>
+      <c r="C1" s="79"/>
+      <c r="D1" s="79"/>
+      <c r="E1" s="79"/>
+      <c r="F1" s="79"/>
+      <c r="G1" s="79"/>
+      <c r="H1" s="79"/>
+      <c r="I1" s="79"/>
+      <c r="J1" s="79"/>
+      <c r="K1" s="79"/>
     </row>
     <row r="2" spans="1:11" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="44" t="s">
+      <c r="A2" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="76" t="s">
-        <v>1231</v>
+      <c r="E2" s="75" t="s">
+        <v>1227</v>
       </c>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
     <row r="3" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4">
         <v>225007</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E3" s="46" t="s">
-        <v>1232</v>
+      <c r="E3" s="45" t="s">
+        <v>1228</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
     </row>
     <row r="4" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A4" s="6">
         <v>225014</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E4" s="47" t="s">
-        <v>1232</v>
+      <c r="E4" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
         <v>225023</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="E5" s="47" t="s">
-        <v>1232</v>
+      <c r="E5" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
     </row>
     <row r="6" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A6" s="6">
         <v>225031</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="E6" s="47" t="s">
-        <v>1232</v>
+      <c r="E6" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
     </row>
     <row r="7" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A7" s="6">
         <v>225036</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E7" s="47" t="s">
-        <v>1232</v>
+      <c r="E7" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
     </row>
     <row r="8" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A8" s="6">
         <v>225039</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E8" s="47" t="s">
-        <v>1232</v>
+      <c r="E8" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
     </row>
     <row r="9" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A9" s="6">
         <v>225042</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="E9" s="47" t="s">
-        <v>1232</v>
+      <c r="E9" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
     </row>
     <row r="10" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>225027</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E10" s="47" t="s">
-        <v>1232</v>
+      <c r="E10" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
     </row>
     <row r="11" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A11" s="6">
         <v>225032</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="E11" s="47" t="s">
-        <v>1232</v>
+      <c r="E11" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
     </row>
     <row r="12" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A12" s="6">
         <v>225035</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="E12" s="47" t="s">
-        <v>1232</v>
+      <c r="E12" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
     </row>
     <row r="13" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A13" s="6">
         <v>225053</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E13" s="47" t="s">
-        <v>1232</v>
+      <c r="E13" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
     </row>
     <row r="14" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A14" s="6">
         <v>225057</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="E14" s="47" t="s">
-        <v>1232</v>
+      <c r="E14" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
     </row>
     <row r="15" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A15" s="6">
         <v>225056</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E15" s="47" t="s">
-        <v>1232</v>
+      <c r="E15" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
     </row>
     <row r="16" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>225068</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="E16" s="47" t="s">
-        <v>1232</v>
+      <c r="E16" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
     </row>
     <row r="17" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>225076</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="E17" s="47" t="s">
-        <v>1232</v>
+      <c r="E17" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
     </row>
     <row r="18" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
         <v>225085</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="E18" s="47" t="s">
-        <v>1232</v>
+      <c r="E18" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
     </row>
     <row r="19" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A19" s="6">
         <v>225065</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="E19" s="47" t="s">
-        <v>1232</v>
+      <c r="E19" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
     </row>
     <row r="20" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A20" s="6">
         <v>225088</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="E20" s="47" t="s">
-        <v>1232</v>
+      <c r="E20" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
     </row>
     <row r="21" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A21" s="6">
         <v>225066</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="E21" s="47" t="s">
-        <v>1232</v>
+      <c r="E21" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
     </row>
     <row r="22" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A22" s="6">
         <v>225084</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="E22" s="47" t="s">
-        <v>1232</v>
+      <c r="E22" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
     </row>
     <row r="23" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6">
         <v>225074</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1219</v>
+      </c>
+      <c r="E23" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
     </row>
     <row r="24" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A24" s="6">
         <v>225103</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="E24" s="47" t="s">
-        <v>1232</v>
+      <c r="E24" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
     </row>
     <row r="25" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A25" s="6">
-        <v>225104</v>
+        <v>225117</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="E25" s="47" t="s">
-        <v>1232</v>
+      <c r="E25" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
     </row>
     <row r="26" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A26" s="6">
-        <v>225117</v>
+        <v>225118</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="E26" s="47" t="s">
-        <v>1232</v>
+      <c r="E26" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
     </row>
     <row r="27" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A27" s="6">
-        <v>225118</v>
+        <v>225121</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E27" s="47" t="s">
-        <v>1232</v>
+      <c r="E27" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
     </row>
     <row r="28" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A28" s="6">
-        <v>225121</v>
+        <v>225124</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D28" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="E28" s="47" t="s">
-        <v>1232</v>
+      <c r="E28" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
     </row>
     <row r="29" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A29" s="6">
-        <v>225124</v>
+        <v>225126</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D29" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="E29" s="47" t="s">
-        <v>1232</v>
+      <c r="E29" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
     </row>
     <row r="30" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A30" s="6">
-        <v>225126</v>
+        <v>225127</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="E30" s="47" t="s">
-        <v>1232</v>
+      <c r="E30" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
     </row>
     <row r="31" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A31" s="6">
-        <v>225127</v>
+        <v>225122</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="E31" s="47" t="s">
-        <v>1232</v>
+      <c r="E31" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
     </row>
     <row r="32" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A32" s="6">
-        <v>225122</v>
+        <v>225114</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="E32" s="47" t="s">
-        <v>1232</v>
+      <c r="E32" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
     </row>
     <row r="33" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A33" s="6">
-        <v>225114</v>
+        <v>225147</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>38</v>
+      </c>
+      <c r="E33" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
     </row>
     <row r="34" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A34" s="6">
-        <v>225147</v>
+        <v>225151</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="E34" s="47" t="s">
-        <v>1232</v>
+      <c r="E34" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
     </row>
     <row r="35" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A35" s="6">
-        <v>225151</v>
+        <v>225152</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="E35" s="47" t="s">
-        <v>1232</v>
+      <c r="E35" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
     </row>
     <row r="36" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A36" s="6">
-        <v>225152</v>
+        <v>225153</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="E36" s="47" t="s">
-        <v>1232</v>
+      <c r="E36" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
     </row>
     <row r="37" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A37" s="6">
-        <v>225153</v>
+        <v>225156</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="E37" s="47" t="s">
-        <v>1232</v>
+      <c r="E37" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
     </row>
     <row r="38" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A38" s="6">
-        <v>225156</v>
+        <v>225169</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D38" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="E38" s="47" t="s">
-        <v>1232</v>
+      <c r="E38" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
     </row>
     <row r="39" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A39" s="6">
-        <v>225169</v>
+        <v>225170</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="E39" s="47" t="s">
-        <v>1232</v>
+      <c r="E39" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
     </row>
     <row r="40" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A40" s="6">
-        <v>225170</v>
+        <v>225172</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D40" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="E40" s="47" t="s">
-        <v>1232</v>
+      <c r="E40" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
     </row>
     <row r="41" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A41" s="6">
-        <v>225172</v>
+        <v>225173</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="E41" s="47" t="s">
-        <v>1232</v>
+      <c r="E41" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
     </row>
     <row r="42" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A42" s="6">
-        <v>225173</v>
+        <v>225176</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D42" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="E42" s="47" t="s">
-        <v>1232</v>
+      <c r="E42" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
     </row>
     <row r="43" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A43" s="6">
-        <v>225176</v>
+        <v>225178</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="E43" s="47" t="s">
-        <v>1232</v>
+      <c r="E43" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
     </row>
     <row r="44" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A44" s="6">
-        <v>225178</v>
+        <v>225165</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D44" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="E44" s="47" t="s">
-        <v>1232</v>
+      <c r="E44" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
     </row>
     <row r="45" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A45" s="6">
-        <v>225165</v>
+        <v>225162</v>
       </c>
       <c r="B45" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="E45" s="47" t="s">
-        <v>1232</v>
+      <c r="E45" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
     </row>
     <row r="46" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A46" s="6">
-        <v>225162</v>
+        <v>225148</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D46" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="E46" s="47" t="s">
-        <v>1232</v>
+      <c r="E46" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
     </row>
     <row r="47" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A47" s="6">
-        <v>225148</v>
+        <v>225158</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="E47" s="47" t="s">
-        <v>1232</v>
+      <c r="E47" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
     </row>
     <row r="48" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A48" s="6">
-        <v>225158</v>
+        <v>225160</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D48" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="E48" s="47" t="s">
-        <v>1232</v>
+      <c r="E48" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
     </row>
     <row r="49" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A49" s="6">
-        <v>225160</v>
+        <v>225135</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="E49" s="47" t="s">
-        <v>1232</v>
+      <c r="E49" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
     </row>
     <row r="50" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A50" s="6">
-        <v>225135</v>
+        <v>225177</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D50" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="E50" s="47" t="s">
-        <v>1232</v>
+      <c r="E50" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
     </row>
     <row r="51" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A51" s="6">
-        <v>225177</v>
+        <v>225211</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>57</v>
+      </c>
+      <c r="E51" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
     </row>
     <row r="52" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A52" s="6">
-        <v>225211</v>
+        <v>225216</v>
       </c>
       <c r="B52" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D52" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="E52" s="47" t="s">
-        <v>1232</v>
+      <c r="E52" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3"/>
       <c r="K52" s="3"/>
     </row>
     <row r="53" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A53" s="6">
-        <v>225216</v>
+        <v>225227</v>
       </c>
       <c r="B53" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D53" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="E53" s="47" t="s">
-        <v>1232</v>
+      <c r="E53" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
     </row>
     <row r="54" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A54" s="6">
-        <v>225227</v>
+        <v>225242</v>
       </c>
       <c r="B54" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D54" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="E54" s="47" t="s">
-        <v>1232</v>
+      <c r="E54" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="J54" s="3"/>
       <c r="K54" s="3"/>
     </row>
     <row r="55" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A55" s="6">
-        <v>225242</v>
+        <v>225246</v>
       </c>
       <c r="B55" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="E55" s="47" t="s">
-        <v>1232</v>
+      <c r="E55" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
     </row>
     <row r="56" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A56" s="6">
-        <v>225246</v>
+        <v>225213</v>
       </c>
       <c r="B56" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D56" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="E56" s="47" t="s">
-        <v>1232</v>
+      <c r="E56" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3"/>
       <c r="K56" s="3"/>
     </row>
-    <row r="57" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A57" s="6">
-        <v>225213</v>
+        <v>225226</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D57" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="E57" s="47" t="s">
-[...7 lines deleted...]
-      <c r="K57" s="3"/>
+      <c r="E57" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F57" s="8"/>
+      <c r="G57" s="8"/>
+      <c r="H57" s="8"/>
+      <c r="I57" s="8"/>
+      <c r="J57" s="8"/>
+      <c r="K57" s="8"/>
     </row>
     <row r="58" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A58" s="6">
-        <v>225226</v>
+        <v>225221</v>
       </c>
       <c r="B58" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C58" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D58" s="7" t="s">
+      <c r="C58" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D58" s="9" t="s">
         <v>64</v>
       </c>
-      <c r="E58" s="47" t="s">
-        <v>1232</v>
+      <c r="E58" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F58" s="8"/>
       <c r="G58" s="8"/>
       <c r="H58" s="8"/>
       <c r="I58" s="8"/>
       <c r="J58" s="8"/>
       <c r="K58" s="8"/>
     </row>
     <row r="59" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A59" s="6">
-        <v>225221</v>
+        <v>225247</v>
       </c>
       <c r="B59" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C59" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="9" t="s">
+      <c r="C59" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D59" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="E59" s="47" t="s">
-        <v>1232</v>
+      <c r="E59" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F59" s="8"/>
       <c r="G59" s="8"/>
       <c r="H59" s="8"/>
       <c r="I59" s="8"/>
       <c r="J59" s="8"/>
       <c r="K59" s="8"/>
     </row>
     <row r="60" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A60" s="6">
-        <v>225247</v>
+        <v>225243</v>
       </c>
       <c r="B60" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D60" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="E60" s="47" t="s">
-        <v>1232</v>
+      <c r="E60" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
       <c r="I60" s="8"/>
       <c r="J60" s="8"/>
       <c r="K60" s="8"/>
     </row>
     <row r="61" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A61" s="6">
-        <v>225243</v>
+        <v>225314</v>
       </c>
       <c r="B61" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>68</v>
+      </c>
+      <c r="E61" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F61" s="8"/>
       <c r="G61" s="8"/>
       <c r="H61" s="8"/>
       <c r="I61" s="8"/>
       <c r="J61" s="8"/>
       <c r="K61" s="8"/>
     </row>
     <row r="62" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A62" s="6">
-        <v>225314</v>
+        <v>225354</v>
       </c>
       <c r="B62" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D62" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="E62" s="47" t="s">
-        <v>1232</v>
+      <c r="E62" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F62" s="8"/>
       <c r="G62" s="8"/>
       <c r="H62" s="8"/>
       <c r="I62" s="8"/>
       <c r="J62" s="8"/>
       <c r="K62" s="8"/>
     </row>
     <row r="63" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A63" s="6">
-        <v>225354</v>
+        <v>225369</v>
       </c>
       <c r="B63" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D63" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="E63" s="47" t="s">
-        <v>1232</v>
+      <c r="E63" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F63" s="8"/>
       <c r="G63" s="8"/>
       <c r="H63" s="8"/>
       <c r="I63" s="8"/>
       <c r="J63" s="8"/>
       <c r="K63" s="8"/>
     </row>
     <row r="64" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A64" s="6">
-        <v>225369</v>
+        <v>225332</v>
       </c>
       <c r="B64" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="E64" s="47" t="s">
-        <v>1232</v>
+      <c r="E64" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F64" s="8"/>
       <c r="G64" s="8"/>
       <c r="H64" s="8"/>
       <c r="I64" s="8"/>
       <c r="J64" s="8"/>
       <c r="K64" s="8"/>
     </row>
     <row r="65" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A65" s="6">
-        <v>225332</v>
+        <v>225357</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D65" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="E65" s="47" t="s">
-        <v>1232</v>
+      <c r="E65" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
       <c r="I65" s="8"/>
       <c r="J65" s="8"/>
       <c r="K65" s="8"/>
     </row>
     <row r="66" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A66" s="6">
-        <v>225357</v>
+        <v>225353</v>
       </c>
       <c r="B66" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D66" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="E66" s="47" t="s">
-        <v>1232</v>
+      <c r="E66" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
       <c r="I66" s="8"/>
       <c r="J66" s="8"/>
       <c r="K66" s="8"/>
     </row>
     <row r="67" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A67" s="6">
-        <v>225353</v>
+        <v>225336</v>
       </c>
       <c r="B67" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D67" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="E67" s="47" t="s">
-        <v>1232</v>
+      <c r="E67" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F67" s="8"/>
       <c r="G67" s="8"/>
       <c r="H67" s="8"/>
       <c r="I67" s="8"/>
       <c r="J67" s="8"/>
       <c r="K67" s="8"/>
     </row>
     <row r="68" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A68" s="6">
-        <v>225336</v>
+        <v>225224</v>
       </c>
       <c r="B68" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="D68" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="E68" s="47" t="s">
-        <v>1232</v>
+      <c r="E68" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
       <c r="I68" s="8"/>
       <c r="J68" s="8"/>
       <c r="K68" s="8"/>
     </row>
-    <row r="69" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A69" s="6">
-        <v>225224</v>
+        <v>225251</v>
       </c>
       <c r="B69" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>76</v>
-[...9 lines deleted...]
-      <c r="K69" s="8"/>
+        <v>77</v>
+      </c>
+      <c r="E69" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F69" s="3"/>
+      <c r="G69" s="3"/>
+      <c r="H69" s="3"/>
+      <c r="I69" s="3"/>
+      <c r="J69" s="3"/>
+      <c r="K69" s="3"/>
     </row>
     <row r="70" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A70" s="6">
-        <v>225251</v>
+        <v>225253</v>
       </c>
       <c r="B70" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D70" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="E70" s="47" t="s">
-        <v>1232</v>
+      <c r="E70" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3"/>
       <c r="I70" s="3"/>
       <c r="J70" s="3"/>
       <c r="K70" s="3"/>
     </row>
     <row r="71" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A71" s="6">
-        <v>225253</v>
+        <v>225254</v>
       </c>
       <c r="B71" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D71" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="E71" s="47" t="s">
-        <v>1232</v>
+      <c r="E71" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
     </row>
     <row r="72" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A72" s="6">
-        <v>225254</v>
+        <v>225257</v>
       </c>
       <c r="B72" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D72" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E72" s="47" t="s">
-        <v>1232</v>
+      <c r="E72" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3"/>
       <c r="K72" s="3"/>
     </row>
     <row r="73" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A73" s="6">
-        <v>225257</v>
+        <v>225258</v>
       </c>
       <c r="B73" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D73" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="E73" s="47" t="s">
-        <v>1232</v>
+      <c r="E73" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
     </row>
     <row r="74" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A74" s="6">
-        <v>225258</v>
+        <v>225261</v>
       </c>
       <c r="B74" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D74" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="E74" s="47" t="s">
-        <v>1232</v>
+      <c r="E74" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="J74" s="3"/>
       <c r="K74" s="3"/>
     </row>
     <row r="75" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A75" s="6">
-        <v>225261</v>
+        <v>225267</v>
       </c>
       <c r="B75" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D75" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="E75" s="47" t="s">
-        <v>1232</v>
+      <c r="E75" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="J75" s="3"/>
       <c r="K75" s="3"/>
     </row>
     <row r="76" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A76" s="6">
-        <v>225267</v>
+        <v>225268</v>
       </c>
       <c r="B76" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D76" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="E76" s="47" t="s">
-        <v>1232</v>
+      <c r="E76" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3"/>
       <c r="K76" s="3"/>
     </row>
     <row r="77" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A77" s="6">
-        <v>225268</v>
+        <v>225270</v>
       </c>
       <c r="B77" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D77" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="E77" s="47" t="s">
-        <v>1232</v>
+      <c r="E77" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3"/>
       <c r="K77" s="3"/>
     </row>
     <row r="78" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A78" s="6">
-        <v>225270</v>
+        <v>225276</v>
       </c>
       <c r="B78" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D78" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="E78" s="47" t="s">
-        <v>1232</v>
+      <c r="E78" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="J78" s="3"/>
       <c r="K78" s="3"/>
     </row>
     <row r="79" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A79" s="6">
-        <v>225276</v>
+        <v>225279</v>
       </c>
       <c r="B79" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D79" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="E79" s="47" t="s">
-        <v>1232</v>
+      <c r="E79" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3"/>
       <c r="K79" s="3"/>
     </row>
     <row r="80" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A80" s="6">
-        <v>225279</v>
+        <v>225289</v>
       </c>
       <c r="B80" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D80" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="E80" s="47" t="s">
-        <v>1232</v>
+      <c r="E80" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
       <c r="K80" s="3"/>
     </row>
     <row r="81" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A81" s="6">
-        <v>225289</v>
+        <v>225297</v>
       </c>
       <c r="B81" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D81" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="E81" s="47" t="s">
-        <v>1232</v>
+      <c r="E81" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
     </row>
     <row r="82" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A82" s="6">
-        <v>225297</v>
+        <v>225299</v>
       </c>
       <c r="B82" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D82" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="E82" s="47" t="s">
-        <v>1232</v>
+      <c r="E82" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
       <c r="J82" s="3"/>
       <c r="K82" s="3"/>
     </row>
-    <row r="83" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A83" s="6">
-        <v>225299</v>
+        <v>225259</v>
       </c>
       <c r="B83" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D83" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D83" s="10" t="s">
         <v>91</v>
       </c>
-      <c r="E83" s="47" t="s">
-        <v>1232</v>
+      <c r="E83" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
     </row>
     <row r="84" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A84" s="6">
-        <v>225259</v>
+        <v>225278</v>
       </c>
       <c r="B84" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>92</v>
       </c>
-      <c r="E84" s="47" t="s">
-        <v>1232</v>
+      <c r="E84" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="J84" s="3"/>
       <c r="K84" s="3"/>
     </row>
-    <row r="85" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A85" s="6">
-        <v>225278</v>
+        <v>225264</v>
       </c>
       <c r="B85" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C85" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D85" s="10" t="s">
+      <c r="C85" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D85" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="E85" s="47" t="s">
-        <v>1232</v>
+      <c r="E85" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
     </row>
     <row r="86" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A86" s="6">
-        <v>225264</v>
+        <v>225260</v>
       </c>
       <c r="B86" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C86" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D86" s="9" t="s">
+      <c r="C86" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D86" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="E86" s="47" t="s">
-        <v>1232</v>
+      <c r="E86" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="J86" s="3"/>
       <c r="K86" s="3"/>
     </row>
     <row r="87" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A87" s="6">
-        <v>225260</v>
+        <v>225285</v>
       </c>
       <c r="B87" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1234</v>
+      </c>
+      <c r="E87" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3"/>
       <c r="I87" s="3"/>
       <c r="J87" s="3"/>
       <c r="K87" s="3"/>
     </row>
     <row r="88" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A88" s="6">
-        <v>225285</v>
+        <v>225326</v>
       </c>
       <c r="B88" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>1238</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>95</v>
+      </c>
+      <c r="E88" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3"/>
       <c r="K88" s="3"/>
     </row>
     <row r="89" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A89" s="6">
-        <v>225326</v>
+        <v>225330</v>
       </c>
       <c r="B89" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D89" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="E89" s="47" t="s">
-        <v>1232</v>
+      <c r="E89" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
     </row>
     <row r="90" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A90" s="6">
-        <v>225330</v>
+        <v>225333</v>
       </c>
       <c r="B90" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D90" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="E90" s="47" t="s">
-        <v>1232</v>
+      <c r="E90" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="J90" s="3"/>
       <c r="K90" s="3"/>
     </row>
     <row r="91" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A91" s="6">
-        <v>225333</v>
+        <v>225334</v>
       </c>
       <c r="B91" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D91" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="E91" s="47" t="s">
-        <v>1232</v>
+      <c r="E91" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="J91" s="3"/>
       <c r="K91" s="3"/>
     </row>
     <row r="92" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A92" s="6">
-        <v>225334</v>
+        <v>225335</v>
       </c>
       <c r="B92" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D92" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="E92" s="47" t="s">
-        <v>1232</v>
+      <c r="E92" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3"/>
       <c r="K92" s="3"/>
     </row>
     <row r="93" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A93" s="6">
-        <v>225335</v>
+        <v>225339</v>
       </c>
       <c r="B93" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D93" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="E93" s="47" t="s">
-        <v>1232</v>
+      <c r="E93" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="J93" s="3"/>
       <c r="K93" s="3"/>
     </row>
     <row r="94" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A94" s="6">
-        <v>225339</v>
+        <v>225343</v>
       </c>
       <c r="B94" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D94" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="E94" s="47" t="s">
-        <v>1232</v>
+      <c r="E94" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3"/>
       <c r="K94" s="3"/>
     </row>
     <row r="95" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A95" s="6">
-        <v>225343</v>
+        <v>225352</v>
       </c>
       <c r="B95" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D95" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="E95" s="47" t="s">
-        <v>1232</v>
+      <c r="E95" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="J95" s="3"/>
       <c r="K95" s="3"/>
     </row>
     <row r="96" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A96" s="6">
-        <v>225352</v>
+        <v>225361</v>
       </c>
       <c r="B96" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D96" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="E96" s="47" t="s">
-        <v>1232</v>
+      <c r="E96" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
     </row>
     <row r="97" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A97" s="6">
-        <v>225361</v>
+        <v>225359</v>
       </c>
       <c r="B97" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D97" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="E97" s="47" t="s">
-        <v>1232</v>
+      <c r="E97" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="3"/>
       <c r="K97" s="3"/>
     </row>
     <row r="98" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A98" s="6">
-        <v>225359</v>
+        <v>225365</v>
       </c>
       <c r="B98" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D98" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="E98" s="47" t="s">
-        <v>1232</v>
+      <c r="E98" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="J98" s="3"/>
       <c r="K98" s="3"/>
     </row>
     <row r="99" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A99" s="6">
-        <v>225365</v>
+        <v>225366</v>
       </c>
       <c r="B99" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D99" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="E99" s="47" t="s">
-        <v>1232</v>
+      <c r="E99" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="J99" s="3"/>
       <c r="K99" s="3"/>
     </row>
     <row r="100" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A100" s="6">
-        <v>225366</v>
+        <v>225419</v>
       </c>
       <c r="B100" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D100" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="E100" s="47" t="s">
-        <v>1232</v>
+      <c r="E100" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="J100" s="3"/>
       <c r="K100" s="3"/>
     </row>
     <row r="101" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A101" s="6">
-        <v>225419</v>
+        <v>225371</v>
       </c>
       <c r="B101" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="D101" s="7" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>109</v>
+      </c>
+      <c r="E101" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
     </row>
     <row r="102" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A102" s="6">
-        <v>225371</v>
+        <v>225373</v>
       </c>
       <c r="B102" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D102" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="E102" s="47" t="s">
-        <v>1232</v>
+      <c r="E102" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="J102" s="3"/>
       <c r="K102" s="3"/>
     </row>
     <row r="103" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A103" s="6">
-        <v>225373</v>
+        <v>225376</v>
       </c>
       <c r="B103" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D103" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="E103" s="47" t="s">
-        <v>1232</v>
+      <c r="E103" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3"/>
       <c r="K103" s="3"/>
     </row>
     <row r="104" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A104" s="6">
-        <v>225376</v>
+        <v>225377</v>
       </c>
       <c r="B104" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D104" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="E104" s="47" t="s">
-        <v>1232</v>
+      <c r="E104" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="J104" s="3"/>
       <c r="K104" s="3"/>
     </row>
     <row r="105" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A105" s="6">
-        <v>225377</v>
+        <v>225378</v>
       </c>
       <c r="B105" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D105" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="E105" s="47" t="s">
-        <v>1232</v>
+      <c r="E105" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3"/>
       <c r="I105" s="3"/>
       <c r="J105" s="3"/>
       <c r="K105" s="3"/>
     </row>
     <row r="106" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A106" s="6">
-        <v>225378</v>
+        <v>225379</v>
       </c>
       <c r="B106" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D106" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="E106" s="47" t="s">
-        <v>1232</v>
+      <c r="E106" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="J106" s="3"/>
       <c r="K106" s="3"/>
     </row>
     <row r="107" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A107" s="6">
-        <v>225379</v>
+        <v>225384</v>
       </c>
       <c r="B107" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D107" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="E107" s="47" t="s">
-        <v>1232</v>
+      <c r="E107" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="J107" s="3"/>
       <c r="K107" s="3"/>
     </row>
     <row r="108" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A108" s="6">
-        <v>225384</v>
+        <v>225389</v>
       </c>
       <c r="B108" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D108" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="E108" s="47" t="s">
-        <v>1232</v>
+      <c r="E108" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="J108" s="3"/>
       <c r="K108" s="3"/>
     </row>
     <row r="109" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A109" s="6">
-        <v>225389</v>
+        <v>225391</v>
       </c>
       <c r="B109" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D109" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="E109" s="47" t="s">
-        <v>1232</v>
+      <c r="E109" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
     </row>
     <row r="110" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A110" s="6">
-        <v>225391</v>
+        <v>225394</v>
       </c>
       <c r="B110" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D110" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="E110" s="47" t="s">
-        <v>1232</v>
+      <c r="E110" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="J110" s="3"/>
       <c r="K110" s="3"/>
     </row>
     <row r="111" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A111" s="6">
-        <v>225394</v>
+        <v>225382</v>
       </c>
       <c r="B111" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D111" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="E111" s="47" t="s">
-        <v>1232</v>
+      <c r="E111" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="J111" s="3"/>
       <c r="K111" s="3"/>
     </row>
     <row r="112" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A112" s="6">
-        <v>225382</v>
+        <v>225386</v>
       </c>
       <c r="B112" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D112" s="7" t="s">
         <v>120</v>
       </c>
-      <c r="E112" s="47" t="s">
-        <v>1232</v>
+      <c r="E112" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="J112" s="3"/>
       <c r="K112" s="3"/>
     </row>
     <row r="113" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A113" s="6">
-        <v>225386</v>
+        <v>225381</v>
       </c>
       <c r="B113" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D113" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="E113" s="47" t="s">
-        <v>1232</v>
+      <c r="E113" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="J113" s="3"/>
       <c r="K113" s="3"/>
     </row>
     <row r="114" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A114" s="6">
-        <v>225381</v>
+        <v>225397</v>
       </c>
       <c r="B114" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D114" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="E114" s="47" t="s">
-        <v>1232</v>
+      <c r="E114" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3"/>
       <c r="K114" s="3"/>
     </row>
     <row r="115" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A115" s="6">
-        <v>225397</v>
+        <v>225374</v>
       </c>
       <c r="B115" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D115" s="7" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1235</v>
+      </c>
+      <c r="E115" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3"/>
       <c r="I115" s="3"/>
       <c r="J115" s="3"/>
       <c r="K115" s="3"/>
     </row>
     <row r="116" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A116" s="6">
-        <v>225374</v>
+        <v>225438</v>
       </c>
       <c r="B116" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="7" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="D116" s="7" t="s">
-        <v>1239</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>124</v>
+      </c>
+      <c r="E116" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3"/>
       <c r="K116" s="3"/>
     </row>
     <row r="117" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A117" s="6">
-        <v>225438</v>
+        <v>225445</v>
       </c>
       <c r="B117" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D117" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="E117" s="47" t="s">
-        <v>1232</v>
+      <c r="E117" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="3"/>
       <c r="I117" s="3"/>
       <c r="J117" s="3"/>
       <c r="K117" s="3"/>
     </row>
     <row r="118" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A118" s="6">
-        <v>225445</v>
+        <v>225453</v>
       </c>
       <c r="B118" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D118" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="E118" s="47" t="s">
-        <v>1232</v>
+      <c r="E118" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
     </row>
     <row r="119" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A119" s="6">
-        <v>225453</v>
+        <v>225455</v>
       </c>
       <c r="B119" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D119" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="E119" s="47" t="s">
-        <v>1232</v>
+      <c r="E119" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3"/>
       <c r="K119" s="3"/>
     </row>
     <row r="120" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A120" s="6">
-        <v>225455</v>
+        <v>225457</v>
       </c>
       <c r="B120" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D120" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="E120" s="47" t="s">
-        <v>1232</v>
+      <c r="E120" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="J120" s="3"/>
       <c r="K120" s="3"/>
     </row>
     <row r="121" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A121" s="6">
-        <v>225457</v>
+        <v>225452</v>
       </c>
       <c r="B121" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D121" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="E121" s="47" t="s">
-        <v>1232</v>
+      <c r="E121" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="J121" s="3"/>
       <c r="K121" s="3"/>
     </row>
     <row r="122" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A122" s="6">
-        <v>225452</v>
+        <v>225451</v>
       </c>
       <c r="B122" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D122" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="E122" s="47" t="s">
-        <v>1232</v>
+      <c r="E122" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3"/>
       <c r="K122" s="3"/>
     </row>
     <row r="123" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A123" s="6">
-        <v>225451</v>
+        <v>225456</v>
       </c>
       <c r="B123" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D123" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="E123" s="47" t="s">
-        <v>1232</v>
+      <c r="E123" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3"/>
       <c r="K123" s="3"/>
     </row>
     <row r="124" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A124" s="6">
-        <v>225456</v>
+        <v>225509</v>
       </c>
       <c r="B124" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="7" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="D124" s="7" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>133</v>
+      </c>
+      <c r="E124" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="J124" s="3"/>
       <c r="K124" s="3"/>
     </row>
     <row r="125" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A125" s="6">
-        <v>225509</v>
+        <v>225512</v>
       </c>
       <c r="B125" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C125" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D125" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="E125" s="47" t="s">
-        <v>1232</v>
+      <c r="E125" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
     </row>
     <row r="126" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A126" s="6">
-        <v>225512</v>
+        <v>225516</v>
       </c>
       <c r="B126" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D126" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="E126" s="47" t="s">
-        <v>1232</v>
+      <c r="E126" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="J126" s="3"/>
       <c r="K126" s="3"/>
     </row>
     <row r="127" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A127" s="6">
-        <v>225516</v>
+        <v>225523</v>
       </c>
       <c r="B127" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C127" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D127" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="E127" s="47" t="s">
-        <v>1232</v>
+      <c r="E127" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="J127" s="3"/>
       <c r="K127" s="3"/>
     </row>
     <row r="128" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A128" s="6">
-        <v>225523</v>
+        <v>225525</v>
       </c>
       <c r="B128" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D128" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="E128" s="47" t="s">
-        <v>1232</v>
+      <c r="E128" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="J128" s="3"/>
       <c r="K128" s="3"/>
     </row>
     <row r="129" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A129" s="6">
-        <v>225525</v>
+        <v>225526</v>
       </c>
       <c r="B129" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C129" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D129" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="E129" s="47" t="s">
-        <v>1232</v>
+      <c r="E129" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="J129" s="3"/>
       <c r="K129" s="3"/>
     </row>
     <row r="130" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A130" s="6">
-        <v>225526</v>
+        <v>225528</v>
       </c>
       <c r="B130" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D130" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="E130" s="47" t="s">
-        <v>1232</v>
+      <c r="E130" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="J130" s="3"/>
       <c r="K130" s="3"/>
     </row>
     <row r="131" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A131" s="6">
-        <v>225528</v>
+        <v>225534</v>
       </c>
       <c r="B131" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D131" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="E131" s="47" t="s">
-        <v>1232</v>
+      <c r="E131" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3"/>
       <c r="K131" s="3"/>
     </row>
     <row r="132" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A132" s="6">
-        <v>225534</v>
+        <v>225537</v>
       </c>
       <c r="B132" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C132" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D132" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="E132" s="47" t="s">
-        <v>1232</v>
+      <c r="E132" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="J132" s="3"/>
       <c r="K132" s="3"/>
     </row>
     <row r="133" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A133" s="6">
-        <v>225537</v>
+        <v>225541</v>
       </c>
       <c r="B133" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C133" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D133" s="7" t="s">
         <v>142</v>
       </c>
-      <c r="E133" s="47" t="s">
-        <v>1232</v>
+      <c r="E133" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
     </row>
     <row r="134" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A134" s="6">
-        <v>225541</v>
+        <v>225544</v>
       </c>
       <c r="B134" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C134" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D134" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="E134" s="47" t="s">
-        <v>1232</v>
+      <c r="E134" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="J134" s="3"/>
       <c r="K134" s="3"/>
     </row>
     <row r="135" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A135" s="6">
-        <v>225544</v>
+        <v>225545</v>
       </c>
       <c r="B135" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D135" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="E135" s="47" t="s">
-        <v>1232</v>
+      <c r="E135" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3"/>
       <c r="I135" s="3"/>
       <c r="J135" s="3"/>
       <c r="K135" s="3"/>
     </row>
     <row r="136" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A136" s="6">
-        <v>225545</v>
+        <v>225546</v>
       </c>
       <c r="B136" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C136" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D136" s="7" t="s">
         <v>145</v>
       </c>
-      <c r="E136" s="47" t="s">
-        <v>1232</v>
+      <c r="E136" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="J136" s="3"/>
       <c r="K136" s="3"/>
     </row>
     <row r="137" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A137" s="6">
-        <v>225546</v>
+        <v>225547</v>
       </c>
       <c r="B137" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C137" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D137" s="7" t="s">
         <v>146</v>
       </c>
-      <c r="E137" s="47" t="s">
-        <v>1232</v>
+      <c r="E137" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
       <c r="J137" s="3"/>
       <c r="K137" s="3"/>
     </row>
     <row r="138" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A138" s="6">
-        <v>225547</v>
+        <v>225552</v>
       </c>
       <c r="B138" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C138" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D138" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="E138" s="47" t="s">
-        <v>1232</v>
+      <c r="E138" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3"/>
       <c r="K138" s="3"/>
     </row>
     <row r="139" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A139" s="6">
-        <v>225552</v>
+        <v>225554</v>
       </c>
       <c r="B139" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C139" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D139" s="7" t="s">
         <v>148</v>
       </c>
-      <c r="E139" s="47" t="s">
-        <v>1232</v>
+      <c r="E139" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="J139" s="3"/>
       <c r="K139" s="3"/>
     </row>
     <row r="140" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A140" s="6">
-        <v>225554</v>
+        <v>225556</v>
       </c>
       <c r="B140" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C140" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D140" s="7" t="s">
         <v>149</v>
       </c>
-      <c r="E140" s="47" t="s">
-        <v>1232</v>
+      <c r="E140" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="3"/>
       <c r="I140" s="3"/>
       <c r="J140" s="3"/>
       <c r="K140" s="3"/>
     </row>
     <row r="141" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A141" s="6">
-        <v>225556</v>
+        <v>225558</v>
       </c>
       <c r="B141" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D141" s="7" t="s">
         <v>150</v>
       </c>
-      <c r="E141" s="47" t="s">
-        <v>1232</v>
+      <c r="E141" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="J141" s="3"/>
       <c r="K141" s="3"/>
     </row>
     <row r="142" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A142" s="6">
-        <v>225558</v>
+        <v>225559</v>
       </c>
       <c r="B142" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C142" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D142" s="7" t="s">
         <v>151</v>
       </c>
-      <c r="E142" s="47" t="s">
-        <v>1232</v>
+      <c r="E142" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="J142" s="3"/>
       <c r="K142" s="3"/>
     </row>
     <row r="143" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A143" s="6">
-        <v>225559</v>
+        <v>225517</v>
       </c>
       <c r="B143" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C143" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D143" s="7" t="s">
         <v>152</v>
       </c>
-      <c r="E143" s="47" t="s">
-        <v>1232</v>
+      <c r="E143" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="J143" s="3"/>
       <c r="K143" s="3"/>
     </row>
     <row r="144" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A144" s="6">
-        <v>225517</v>
+        <v>225515</v>
       </c>
       <c r="B144" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C144" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D144" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="E144" s="47" t="s">
-        <v>1232</v>
+      <c r="E144" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="J144" s="3"/>
       <c r="K144" s="3"/>
     </row>
     <row r="145" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A145" s="6">
-        <v>225515</v>
+        <v>225535</v>
       </c>
       <c r="B145" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C145" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D145" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="E145" s="47" t="s">
-        <v>1232</v>
+      <c r="E145" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="3"/>
       <c r="I145" s="3"/>
       <c r="J145" s="3"/>
       <c r="K145" s="3"/>
     </row>
     <row r="146" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A146" s="6">
-        <v>225535</v>
+        <v>225542</v>
       </c>
       <c r="B146" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C146" s="7" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D146" s="7" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1236</v>
+      </c>
+      <c r="E146" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3"/>
       <c r="I146" s="3"/>
       <c r="J146" s="3"/>
       <c r="K146" s="3"/>
     </row>
     <row r="147" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A147" s="6">
-        <v>225542</v>
+        <v>225646</v>
       </c>
       <c r="B147" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C147" s="7" t="s">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="D147" s="7" t="s">
-        <v>1240</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>156</v>
+      </c>
+      <c r="E147" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="J147" s="3"/>
       <c r="K147" s="3"/>
     </row>
     <row r="148" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A148" s="6">
-        <v>225646</v>
+        <v>225659</v>
       </c>
       <c r="B148" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C148" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D148" s="7" t="s">
         <v>157</v>
       </c>
-      <c r="E148" s="47" t="s">
-        <v>1232</v>
+      <c r="E148" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="J148" s="3"/>
       <c r="K148" s="3"/>
     </row>
     <row r="149" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A149" s="6">
-        <v>225659</v>
+        <v>225661</v>
       </c>
       <c r="B149" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C149" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D149" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="E149" s="47" t="s">
-        <v>1232</v>
+      <c r="E149" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3"/>
       <c r="K149" s="3"/>
     </row>
     <row r="150" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A150" s="6">
-        <v>225661</v>
+        <v>225662</v>
       </c>
       <c r="B150" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C150" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D150" s="7" t="s">
         <v>159</v>
       </c>
-      <c r="E150" s="47" t="s">
-        <v>1232</v>
+      <c r="E150" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
       <c r="H150" s="3"/>
       <c r="I150" s="3"/>
       <c r="J150" s="3"/>
       <c r="K150" s="3"/>
     </row>
     <row r="151" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A151" s="6">
-        <v>225662</v>
+        <v>225663</v>
       </c>
       <c r="B151" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C151" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D151" s="7" t="s">
         <v>160</v>
       </c>
-      <c r="E151" s="47" t="s">
-        <v>1232</v>
+      <c r="E151" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="J151" s="3"/>
       <c r="K151" s="3"/>
     </row>
     <row r="152" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A152" s="6">
-        <v>225663</v>
+        <v>225667</v>
       </c>
       <c r="B152" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C152" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D152" s="7" t="s">
         <v>161</v>
       </c>
-      <c r="E152" s="47" t="s">
-        <v>1232</v>
+      <c r="E152" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3"/>
       <c r="I152" s="3"/>
       <c r="J152" s="3"/>
       <c r="K152" s="3"/>
     </row>
     <row r="153" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A153" s="6">
-        <v>225667</v>
+        <v>225668</v>
       </c>
       <c r="B153" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C153" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D153" s="7" t="s">
         <v>162</v>
       </c>
-      <c r="E153" s="47" t="s">
-        <v>1232</v>
+      <c r="E153" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="J153" s="3"/>
       <c r="K153" s="3"/>
     </row>
     <row r="154" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A154" s="6">
-        <v>225668</v>
+        <v>225669</v>
       </c>
       <c r="B154" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C154" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D154" s="7" t="s">
         <v>163</v>
       </c>
-      <c r="E154" s="47" t="s">
-        <v>1232</v>
+      <c r="E154" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="J154" s="3"/>
       <c r="K154" s="3"/>
     </row>
     <row r="155" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A155" s="6">
-        <v>225669</v>
+        <v>225672</v>
       </c>
       <c r="B155" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C155" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D155" s="7" t="s">
         <v>164</v>
       </c>
-      <c r="E155" s="47" t="s">
-        <v>1232</v>
+      <c r="E155" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="3"/>
       <c r="I155" s="3"/>
       <c r="J155" s="3"/>
       <c r="K155" s="3"/>
     </row>
     <row r="156" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A156" s="6">
-        <v>225672</v>
+        <v>225676</v>
       </c>
       <c r="B156" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C156" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D156" s="7" t="s">
         <v>165</v>
       </c>
-      <c r="E156" s="47" t="s">
-        <v>1232</v>
+      <c r="E156" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="J156" s="3"/>
       <c r="K156" s="3"/>
     </row>
     <row r="157" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A157" s="6">
-        <v>225676</v>
+        <v>225677</v>
       </c>
       <c r="B157" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C157" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D157" s="7" t="s">
         <v>166</v>
       </c>
-      <c r="E157" s="47" t="s">
-        <v>1232</v>
+      <c r="E157" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3"/>
       <c r="I157" s="3"/>
       <c r="J157" s="3"/>
       <c r="K157" s="3"/>
     </row>
     <row r="158" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A158" s="6">
-        <v>225677</v>
+        <v>225685</v>
       </c>
       <c r="B158" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C158" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D158" s="7" t="s">
         <v>167</v>
       </c>
-      <c r="E158" s="47" t="s">
-        <v>1232</v>
+      <c r="E158" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="J158" s="3"/>
       <c r="K158" s="3"/>
     </row>
     <row r="159" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A159" s="6">
-        <v>225685</v>
+        <v>225681</v>
       </c>
       <c r="B159" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C159" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D159" s="7" t="s">
         <v>168</v>
       </c>
-      <c r="E159" s="47" t="s">
-        <v>1232</v>
+      <c r="E159" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="J159" s="3"/>
       <c r="K159" s="3"/>
     </row>
     <row r="160" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A160" s="6">
-        <v>225681</v>
+        <v>225671</v>
       </c>
       <c r="B160" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C160" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D160" s="7" t="s">
         <v>169</v>
       </c>
-      <c r="E160" s="47" t="s">
-        <v>1232</v>
+      <c r="E160" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="3"/>
       <c r="I160" s="3"/>
       <c r="J160" s="3"/>
       <c r="K160" s="3"/>
     </row>
     <row r="161" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A161" s="6">
-        <v>225671</v>
+        <v>225655</v>
       </c>
       <c r="B161" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C161" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D161" s="7" t="s">
         <v>170</v>
       </c>
-      <c r="E161" s="47" t="s">
-        <v>1232</v>
+      <c r="E161" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="3"/>
       <c r="I161" s="3"/>
       <c r="J161" s="3"/>
       <c r="K161" s="3"/>
     </row>
     <row r="162" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A162" s="6">
-        <v>225655</v>
+        <v>225654</v>
       </c>
       <c r="B162" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C162" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D162" s="7" t="s">
         <v>171</v>
       </c>
-      <c r="E162" s="47" t="s">
-        <v>1232</v>
+      <c r="E162" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="J162" s="3"/>
       <c r="K162" s="3"/>
     </row>
     <row r="163" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A163" s="6">
-        <v>225654</v>
+        <v>225673</v>
       </c>
       <c r="B163" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C163" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D163" s="7" t="s">
         <v>172</v>
       </c>
-      <c r="E163" s="47" t="s">
-        <v>1232</v>
+      <c r="E163" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
     </row>
     <row r="164" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A164" s="6">
-        <v>225673</v>
+        <v>225665</v>
       </c>
       <c r="B164" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C164" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D164" s="7" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1258</v>
+      </c>
+      <c r="E164" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="J164" s="3"/>
       <c r="K164" s="3"/>
     </row>
     <row r="165" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A165" s="6">
-        <v>225665</v>
+        <v>225720</v>
       </c>
       <c r="B165" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C165" s="7" t="s">
-        <v>156</v>
+        <v>173</v>
       </c>
       <c r="D165" s="7" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>174</v>
+      </c>
+      <c r="E165" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="3"/>
       <c r="I165" s="3"/>
       <c r="J165" s="3"/>
       <c r="K165" s="3"/>
     </row>
     <row r="166" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A166" s="6">
-        <v>225720</v>
+        <v>225721</v>
       </c>
       <c r="B166" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C166" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D166" s="7" t="s">
         <v>175</v>
       </c>
-      <c r="E166" s="47" t="s">
-        <v>1232</v>
+      <c r="E166" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="J166" s="3"/>
       <c r="K166" s="3"/>
     </row>
     <row r="167" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A167" s="6">
-        <v>225721</v>
+        <v>225733</v>
       </c>
       <c r="B167" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C167" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D167" s="7" t="s">
         <v>176</v>
       </c>
-      <c r="E167" s="47" t="s">
-        <v>1232</v>
+      <c r="E167" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="J167" s="3"/>
       <c r="K167" s="3"/>
     </row>
     <row r="168" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A168" s="6">
-        <v>225733</v>
+        <v>225734</v>
       </c>
       <c r="B168" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C168" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D168" s="7" t="s">
         <v>177</v>
       </c>
-      <c r="E168" s="47" t="s">
-        <v>1232</v>
+      <c r="E168" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="J168" s="3"/>
       <c r="K168" s="3"/>
     </row>
     <row r="169" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A169" s="6">
-        <v>225734</v>
+        <v>225737</v>
       </c>
       <c r="B169" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C169" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D169" s="7" t="s">
         <v>178</v>
       </c>
-      <c r="E169" s="47" t="s">
-        <v>1232</v>
+      <c r="E169" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="J169" s="3"/>
       <c r="K169" s="3"/>
     </row>
     <row r="170" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A170" s="6">
-        <v>225737</v>
+        <v>225738</v>
       </c>
       <c r="B170" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C170" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D170" s="7" t="s">
         <v>179</v>
       </c>
-      <c r="E170" s="47" t="s">
-        <v>1232</v>
+      <c r="E170" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3"/>
       <c r="I170" s="3"/>
       <c r="J170" s="3"/>
       <c r="K170" s="3"/>
     </row>
     <row r="171" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A171" s="6">
-        <v>225738</v>
+        <v>225746</v>
       </c>
       <c r="B171" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C171" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D171" s="7" t="s">
         <v>180</v>
       </c>
-      <c r="E171" s="47" t="s">
-        <v>1232</v>
+      <c r="E171" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3"/>
       <c r="I171" s="3"/>
       <c r="J171" s="3"/>
       <c r="K171" s="3"/>
     </row>
     <row r="172" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A172" s="6">
-        <v>225746</v>
+        <v>225754</v>
       </c>
       <c r="B172" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C172" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D172" s="7" t="s">
         <v>181</v>
       </c>
-      <c r="E172" s="47" t="s">
-        <v>1232</v>
+      <c r="E172" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3"/>
       <c r="I172" s="3"/>
       <c r="J172" s="3"/>
       <c r="K172" s="3"/>
     </row>
     <row r="173" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A173" s="6">
-        <v>225754</v>
+        <v>225755</v>
       </c>
       <c r="B173" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C173" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D173" s="7" t="s">
         <v>182</v>
       </c>
-      <c r="E173" s="47" t="s">
-        <v>1232</v>
+      <c r="E173" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="J173" s="3"/>
       <c r="K173" s="3"/>
     </row>
     <row r="174" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A174" s="6">
-        <v>225755</v>
+        <v>225757</v>
       </c>
       <c r="B174" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C174" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D174" s="7" t="s">
         <v>183</v>
       </c>
-      <c r="E174" s="47" t="s">
-        <v>1232</v>
+      <c r="E174" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="J174" s="3"/>
       <c r="K174" s="3"/>
     </row>
     <row r="175" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A175" s="6">
-        <v>225757</v>
+        <v>225762</v>
       </c>
       <c r="B175" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C175" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D175" s="7" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>154</v>
+      </c>
+      <c r="E175" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3"/>
       <c r="I175" s="3"/>
       <c r="J175" s="3"/>
       <c r="K175" s="3"/>
     </row>
     <row r="176" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A176" s="6">
-        <v>225762</v>
+        <v>225764</v>
       </c>
       <c r="B176" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C176" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D176" s="7" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>184</v>
+      </c>
+      <c r="E176" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3"/>
       <c r="I176" s="3"/>
       <c r="J176" s="3"/>
       <c r="K176" s="3"/>
     </row>
     <row r="177" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A177" s="6">
-        <v>225764</v>
+        <v>225767</v>
       </c>
       <c r="B177" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C177" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D177" s="7" t="s">
         <v>185</v>
       </c>
-      <c r="E177" s="47" t="s">
-        <v>1232</v>
+      <c r="E177" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3"/>
       <c r="I177" s="3"/>
       <c r="J177" s="3"/>
       <c r="K177" s="3"/>
     </row>
     <row r="178" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A178" s="6">
-        <v>225767</v>
+        <v>225769</v>
       </c>
       <c r="B178" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C178" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D178" s="7" t="s">
         <v>186</v>
       </c>
-      <c r="E178" s="47" t="s">
-        <v>1232</v>
+      <c r="E178" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="J178" s="3"/>
       <c r="K178" s="3"/>
     </row>
     <row r="179" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A179" s="6">
-        <v>225769</v>
+        <v>225771</v>
       </c>
       <c r="B179" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C179" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D179" s="7" t="s">
+      <c r="C179" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D179" s="9" t="s">
         <v>187</v>
       </c>
-      <c r="E179" s="47" t="s">
-        <v>1232</v>
+      <c r="E179" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
       <c r="J179" s="3"/>
       <c r="K179" s="3"/>
     </row>
     <row r="180" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A180" s="6">
-        <v>225771</v>
+        <v>225745</v>
       </c>
       <c r="B180" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D180" s="9" t="s">
         <v>188</v>
       </c>
-      <c r="E180" s="47" t="s">
-        <v>1232</v>
+      <c r="E180" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3"/>
       <c r="I180" s="3"/>
       <c r="J180" s="3"/>
       <c r="K180" s="3"/>
     </row>
     <row r="181" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A181" s="6">
-        <v>225745</v>
+        <v>225756</v>
       </c>
       <c r="B181" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C181" s="11" t="s">
-        <v>174</v>
+      <c r="C181" s="9" t="s">
+        <v>173</v>
       </c>
       <c r="D181" s="9" t="s">
         <v>189</v>
       </c>
-      <c r="E181" s="47" t="s">
-        <v>1232</v>
+      <c r="E181" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3"/>
       <c r="I181" s="3"/>
       <c r="J181" s="3"/>
       <c r="K181" s="3"/>
     </row>
     <row r="182" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A182" s="6">
-        <v>225756</v>
+        <v>225758</v>
       </c>
       <c r="B182" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C182" s="9" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>191</v>
+      </c>
+      <c r="E182" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="3"/>
       <c r="I182" s="3"/>
       <c r="J182" s="3"/>
       <c r="K182" s="3"/>
     </row>
     <row r="183" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A183" s="6">
-        <v>225758</v>
+        <v>225741</v>
       </c>
       <c r="B183" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C183" s="9" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="D183" s="9" t="s">
         <v>192</v>
       </c>
-      <c r="E183" s="47" t="s">
-        <v>1232</v>
+      <c r="E183" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3"/>
       <c r="I183" s="3"/>
       <c r="J183" s="3"/>
       <c r="K183" s="3"/>
     </row>
     <row r="184" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A184" s="6">
-        <v>225741</v>
+        <v>225742</v>
       </c>
       <c r="B184" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C184" s="9" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="D184" s="9" t="s">
         <v>193</v>
       </c>
-      <c r="E184" s="47" t="s">
-        <v>1232</v>
+      <c r="E184" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3"/>
       <c r="I184" s="3"/>
       <c r="J184" s="3"/>
       <c r="K184" s="3"/>
     </row>
     <row r="185" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A185" s="6">
-        <v>225742</v>
+        <v>225753</v>
       </c>
       <c r="B185" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C185" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D185" s="9" t="s">
+      <c r="C185" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="D185" s="7" t="s">
         <v>194</v>
       </c>
-      <c r="E185" s="47" t="s">
-        <v>1232</v>
+      <c r="E185" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
       <c r="H185" s="3"/>
       <c r="I185" s="3"/>
       <c r="J185" s="3"/>
       <c r="K185" s="3"/>
     </row>
     <row r="186" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A186" s="6">
-        <v>225753</v>
+        <v>225739</v>
       </c>
       <c r="B186" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C186" s="7" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D186" s="7" t="s">
         <v>195</v>
       </c>
-      <c r="E186" s="47" t="s">
-        <v>1232</v>
+      <c r="E186" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3"/>
       <c r="I186" s="3"/>
       <c r="J186" s="3"/>
       <c r="K186" s="3"/>
     </row>
     <row r="187" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A187" s="6">
-        <v>225739</v>
+        <v>225725</v>
       </c>
       <c r="B187" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C187" s="7" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D187" s="7" t="s">
         <v>196</v>
       </c>
-      <c r="E187" s="47" t="s">
-        <v>1232</v>
+      <c r="E187" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3"/>
       <c r="I187" s="3"/>
       <c r="J187" s="3"/>
       <c r="K187" s="3"/>
     </row>
     <row r="188" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A188" s="6">
-        <v>225725</v>
+        <v>225763</v>
       </c>
       <c r="B188" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C188" s="7" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="D188" s="7" t="s">
         <v>197</v>
       </c>
-      <c r="E188" s="47" t="s">
-        <v>1232</v>
+      <c r="E188" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3"/>
       <c r="I188" s="3"/>
       <c r="J188" s="3"/>
       <c r="K188" s="3"/>
     </row>
     <row r="189" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A189" s="6">
-[...2 lines deleted...]
-      <c r="B189" s="7" t="s">
+      <c r="A189" s="12">
+        <v>225761</v>
+      </c>
+      <c r="B189" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="C189" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D189" s="7" t="s">
+      <c r="C189" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="D189" s="13" t="s">
         <v>198</v>
       </c>
-      <c r="E189" s="47" t="s">
-        <v>1232</v>
+      <c r="E189" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3"/>
       <c r="I189" s="3"/>
       <c r="J189" s="3"/>
       <c r="K189" s="3"/>
     </row>
     <row r="190" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A190" s="12">
-        <v>225761</v>
+        <v>225765</v>
       </c>
       <c r="B190" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C190" s="13" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="D190" s="13" t="s">
         <v>199</v>
       </c>
-      <c r="E190" s="47" t="s">
-        <v>1232</v>
+      <c r="E190" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
       <c r="H190" s="3"/>
       <c r="I190" s="3"/>
       <c r="J190" s="3"/>
       <c r="K190" s="3"/>
     </row>
     <row r="191" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A191" s="12">
-[...2 lines deleted...]
-      <c r="B191" s="13" t="s">
+      <c r="A191" s="6">
+        <v>225717</v>
+      </c>
+      <c r="B191" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C191" s="13" t="s">
-[...2 lines deleted...]
-      <c r="D191" s="13" t="s">
+      <c r="C191" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="D191" s="7" t="s">
         <v>200</v>
       </c>
-      <c r="E191" s="47" t="s">
-        <v>1232</v>
+      <c r="E191" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3"/>
       <c r="I191" s="3"/>
       <c r="J191" s="3"/>
       <c r="K191" s="3"/>
     </row>
-    <row r="192" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A192" s="6">
-        <v>225717</v>
+        <v>225747</v>
       </c>
       <c r="B192" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C192" s="7" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="D192" s="7" t="s">
         <v>201</v>
       </c>
-      <c r="E192" s="47" t="s">
-        <v>1232</v>
+      <c r="E192" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3"/>
       <c r="I192" s="3"/>
       <c r="J192" s="3"/>
       <c r="K192" s="3"/>
     </row>
-    <row r="193" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A193" s="6">
-        <v>225747</v>
+        <v>225723</v>
       </c>
       <c r="B193" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C193" s="7" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="D193" s="7" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1220</v>
+      </c>
+      <c r="E193" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
     </row>
     <row r="194" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A194" s="6">
-        <v>225723</v>
+        <v>225728</v>
       </c>
       <c r="B194" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C194" s="7" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D194" s="7" t="s">
-        <v>1224</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1237</v>
+      </c>
+      <c r="E194" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3"/>
       <c r="I194" s="3"/>
       <c r="J194" s="3"/>
       <c r="K194" s="3"/>
     </row>
     <row r="195" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A195" s="6">
-        <v>225728</v>
+        <v>225794</v>
       </c>
       <c r="B195" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C195" s="7" t="s">
-        <v>174</v>
+        <v>202</v>
       </c>
       <c r="D195" s="7" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>203</v>
+      </c>
+      <c r="E195" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
       <c r="H195" s="3"/>
       <c r="I195" s="3"/>
       <c r="J195" s="3"/>
       <c r="K195" s="3"/>
     </row>
     <row r="196" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A196" s="6">
-        <v>225794</v>
+        <v>225803</v>
       </c>
       <c r="B196" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C196" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D196" s="7" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1214</v>
+      </c>
+      <c r="E196" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3"/>
       <c r="I196" s="3"/>
       <c r="J196" s="3"/>
       <c r="K196" s="3"/>
     </row>
     <row r="197" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A197" s="6">
-        <v>225803</v>
+        <v>225804</v>
       </c>
       <c r="B197" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C197" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D197" s="7" t="s">
-        <v>1218</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>204</v>
+      </c>
+      <c r="E197" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3"/>
       <c r="I197" s="3"/>
       <c r="J197" s="3"/>
       <c r="K197" s="3"/>
     </row>
     <row r="198" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A198" s="6">
-        <v>225804</v>
+        <v>225807</v>
       </c>
       <c r="B198" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C198" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D198" s="7" t="s">
         <v>205</v>
       </c>
-      <c r="E198" s="47" t="s">
-        <v>1232</v>
+      <c r="E198" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3"/>
       <c r="I198" s="3"/>
       <c r="J198" s="3"/>
       <c r="K198" s="3"/>
     </row>
     <row r="199" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A199" s="6">
-        <v>225807</v>
+        <v>225809</v>
       </c>
       <c r="B199" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C199" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D199" s="7" t="s">
         <v>206</v>
       </c>
-      <c r="E199" s="47" t="s">
-        <v>1232</v>
+      <c r="E199" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3"/>
       <c r="I199" s="3"/>
       <c r="J199" s="3"/>
       <c r="K199" s="3"/>
     </row>
     <row r="200" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A200" s="6">
-        <v>225809</v>
+        <v>225816</v>
       </c>
       <c r="B200" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C200" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D200" s="7" t="s">
         <v>207</v>
       </c>
-      <c r="E200" s="47" t="s">
-        <v>1232</v>
+      <c r="E200" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
       <c r="H200" s="3"/>
       <c r="I200" s="3"/>
       <c r="J200" s="3"/>
       <c r="K200" s="3"/>
     </row>
     <row r="201" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A201" s="6">
-        <v>225816</v>
+        <v>225815</v>
       </c>
       <c r="B201" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C201" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D201" s="7" t="s">
         <v>208</v>
       </c>
-      <c r="E201" s="47" t="s">
-        <v>1232</v>
+      <c r="E201" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
       <c r="H201" s="3"/>
       <c r="I201" s="3"/>
       <c r="J201" s="3"/>
       <c r="K201" s="3"/>
     </row>
     <row r="202" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A202" s="6">
-        <v>225815</v>
+        <v>225824</v>
       </c>
       <c r="B202" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C202" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D202" s="7" t="s">
         <v>209</v>
       </c>
-      <c r="E202" s="47" t="s">
-        <v>1232</v>
+      <c r="E202" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3"/>
       <c r="I202" s="3"/>
       <c r="J202" s="3"/>
       <c r="K202" s="3"/>
     </row>
     <row r="203" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A203" s="6">
-        <v>225824</v>
+        <v>225825</v>
       </c>
       <c r="B203" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C203" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D203" s="7" t="s">
         <v>210</v>
       </c>
-      <c r="E203" s="47" t="s">
-        <v>1232</v>
+      <c r="E203" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3"/>
       <c r="I203" s="3"/>
       <c r="J203" s="3"/>
       <c r="K203" s="3"/>
     </row>
     <row r="204" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A204" s="6">
-        <v>225825</v>
+        <v>225796</v>
       </c>
       <c r="B204" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C204" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D204" s="7" t="s">
         <v>211</v>
       </c>
-      <c r="E204" s="47" t="s">
-        <v>1232</v>
+      <c r="E204" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3"/>
       <c r="I204" s="3"/>
       <c r="J204" s="3"/>
       <c r="K204" s="3"/>
     </row>
     <row r="205" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A205" s="6">
-        <v>225796</v>
+        <v>225805</v>
       </c>
       <c r="B205" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C205" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D205" s="7" t="s">
         <v>212</v>
       </c>
-      <c r="E205" s="47" t="s">
-        <v>1232</v>
+      <c r="E205" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3"/>
       <c r="I205" s="3"/>
       <c r="J205" s="3"/>
       <c r="K205" s="3"/>
     </row>
     <row r="206" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A206" s="6">
-        <v>225805</v>
+        <v>225826</v>
       </c>
       <c r="B206" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C206" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D206" s="7" t="s">
         <v>213</v>
       </c>
-      <c r="E206" s="47" t="s">
-        <v>1232</v>
+      <c r="E206" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3"/>
       <c r="I206" s="3"/>
       <c r="J206" s="3"/>
       <c r="K206" s="3"/>
     </row>
     <row r="207" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A207" s="6">
-        <v>225826</v>
+        <v>225821</v>
       </c>
       <c r="B207" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C207" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D207" s="7" t="s">
         <v>214</v>
       </c>
-      <c r="E207" s="47" t="s">
-        <v>1232</v>
+      <c r="E207" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
       <c r="H207" s="3"/>
       <c r="I207" s="3"/>
       <c r="J207" s="3"/>
       <c r="K207" s="3"/>
     </row>
     <row r="208" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A208" s="6">
-        <v>225821</v>
+        <v>225797</v>
       </c>
       <c r="B208" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C208" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D208" s="7" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1238</v>
+      </c>
+      <c r="E208" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3"/>
       <c r="I208" s="3"/>
       <c r="J208" s="3"/>
       <c r="K208" s="3"/>
     </row>
     <row r="209" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A209" s="6">
-        <v>225797</v>
+        <v>225833</v>
       </c>
       <c r="B209" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C209" s="7" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="D209" s="7" t="s">
-        <v>1242</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>216</v>
+      </c>
+      <c r="E209" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3"/>
       <c r="I209" s="3"/>
       <c r="J209" s="3"/>
       <c r="K209" s="3"/>
     </row>
     <row r="210" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A210" s="6">
-        <v>225833</v>
+        <v>225834</v>
       </c>
       <c r="B210" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C210" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D210" s="7" t="s">
         <v>217</v>
       </c>
-      <c r="E210" s="47" t="s">
-        <v>1232</v>
+      <c r="E210" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3"/>
       <c r="I210" s="3"/>
       <c r="J210" s="3"/>
       <c r="K210" s="3"/>
     </row>
     <row r="211" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A211" s="6">
-        <v>225834</v>
+        <v>225837</v>
       </c>
       <c r="B211" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C211" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D211" s="7" t="s">
         <v>218</v>
       </c>
-      <c r="E211" s="47" t="s">
-        <v>1232</v>
+      <c r="E211" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3"/>
       <c r="I211" s="3"/>
       <c r="J211" s="3"/>
       <c r="K211" s="3"/>
     </row>
     <row r="212" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A212" s="6">
-        <v>225837</v>
+        <v>225838</v>
       </c>
       <c r="B212" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C212" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D212" s="7" t="s">
         <v>219</v>
       </c>
-      <c r="E212" s="47" t="s">
-        <v>1232</v>
+      <c r="E212" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3"/>
       <c r="I212" s="3"/>
       <c r="J212" s="3"/>
       <c r="K212" s="3"/>
     </row>
     <row r="213" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A213" s="6">
-        <v>225838</v>
+        <v>225843</v>
       </c>
       <c r="B213" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C213" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D213" s="7" t="s">
         <v>220</v>
       </c>
-      <c r="E213" s="47" t="s">
-        <v>1232</v>
+      <c r="E213" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3"/>
       <c r="I213" s="3"/>
       <c r="J213" s="3"/>
       <c r="K213" s="3"/>
     </row>
     <row r="214" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A214" s="6">
-        <v>225843</v>
+        <v>225845</v>
       </c>
       <c r="B214" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C214" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D214" s="7" t="s">
         <v>221</v>
       </c>
-      <c r="E214" s="47" t="s">
-        <v>1232</v>
+      <c r="E214" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3"/>
       <c r="I214" s="3"/>
       <c r="J214" s="3"/>
       <c r="K214" s="3"/>
     </row>
     <row r="215" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A215" s="6">
-        <v>225845</v>
+        <v>225847</v>
       </c>
       <c r="B215" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C215" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D215" s="7" t="s">
         <v>222</v>
       </c>
-      <c r="E215" s="47" t="s">
-        <v>1232</v>
+      <c r="E215" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F215" s="3"/>
       <c r="G215" s="3"/>
       <c r="H215" s="3"/>
       <c r="I215" s="3"/>
       <c r="J215" s="3"/>
       <c r="K215" s="3"/>
     </row>
-    <row r="216" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A216" s="6">
-        <v>225847</v>
+        <v>225849</v>
       </c>
       <c r="B216" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C216" s="7" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D216" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D216" s="10" t="s">
         <v>223</v>
       </c>
-      <c r="E216" s="47" t="s">
-        <v>1232</v>
+      <c r="E216" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3"/>
       <c r="I216" s="3"/>
       <c r="J216" s="3"/>
       <c r="K216" s="3"/>
     </row>
     <row r="217" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A217" s="6">
-        <v>225849</v>
+        <v>225851</v>
       </c>
       <c r="B217" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C217" s="7" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D217" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="D217" s="7" t="s">
         <v>224</v>
       </c>
       <c r="E217" s="47" t="s">
-        <v>1232</v>
-[...6 lines deleted...]
-      <c r="K217" s="3"/>
+        <v>1228</v>
+      </c>
+      <c r="F217" s="14"/>
+      <c r="G217" s="14"/>
+      <c r="H217" s="14"/>
+      <c r="I217" s="14"/>
+      <c r="J217" s="14"/>
+      <c r="K217" s="14"/>
     </row>
     <row r="218" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A218" s="6">
-        <v>225851</v>
+        <v>225853</v>
       </c>
       <c r="B218" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C218" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D218" s="7" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>226</v>
+      </c>
+      <c r="E218" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F218" s="14"/>
       <c r="G218" s="14"/>
       <c r="H218" s="14"/>
       <c r="I218" s="14"/>
       <c r="J218" s="14"/>
       <c r="K218" s="14"/>
     </row>
     <row r="219" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A219" s="6">
-        <v>225853</v>
+        <v>225856</v>
       </c>
       <c r="B219" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C219" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D219" s="7" t="s">
         <v>227</v>
       </c>
-      <c r="E219" s="47" t="s">
-        <v>1232</v>
+      <c r="E219" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F219" s="14"/>
       <c r="G219" s="14"/>
       <c r="H219" s="14"/>
       <c r="I219" s="14"/>
       <c r="J219" s="14"/>
       <c r="K219" s="14"/>
     </row>
     <row r="220" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A220" s="6">
-        <v>225856</v>
+        <v>225858</v>
       </c>
       <c r="B220" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C220" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D220" s="7" t="s">
         <v>228</v>
       </c>
-      <c r="E220" s="47" t="s">
-        <v>1232</v>
+      <c r="E220" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F220" s="14"/>
       <c r="G220" s="14"/>
       <c r="H220" s="14"/>
       <c r="I220" s="14"/>
       <c r="J220" s="14"/>
       <c r="K220" s="14"/>
     </row>
-    <row r="221" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A221" s="6">
-        <v>225858</v>
+        <v>225846</v>
       </c>
       <c r="B221" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C221" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D221" s="7" t="s">
         <v>229</v>
       </c>
-      <c r="E221" s="47" t="s">
-[...7 lines deleted...]
-      <c r="K221" s="14"/>
+      <c r="E221" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F221" s="3"/>
+      <c r="G221" s="3"/>
+      <c r="H221" s="3"/>
+      <c r="I221" s="3"/>
+      <c r="J221" s="3"/>
+      <c r="K221" s="3"/>
     </row>
     <row r="222" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A222" s="6">
-        <v>225846</v>
+        <v>225835</v>
       </c>
       <c r="B222" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C222" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D222" s="7" t="s">
         <v>230</v>
       </c>
-      <c r="E222" s="47" t="s">
-        <v>1232</v>
+      <c r="E222" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
       <c r="H222" s="3"/>
       <c r="I222" s="3"/>
       <c r="J222" s="3"/>
       <c r="K222" s="3"/>
     </row>
     <row r="223" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A223" s="6">
-        <v>225835</v>
+        <v>225619</v>
       </c>
       <c r="B223" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C223" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D223" s="7" t="s">
         <v>231</v>
       </c>
-      <c r="E223" s="47" t="s">
-        <v>1232</v>
+      <c r="E223" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3"/>
       <c r="I223" s="3"/>
       <c r="J223" s="3"/>
       <c r="K223" s="3"/>
     </row>
     <row r="224" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A224" s="6">
-        <v>225619</v>
+        <v>225831</v>
       </c>
       <c r="B224" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C224" s="7" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D224" s="7" t="s">
         <v>232</v>
       </c>
-      <c r="E224" s="47" t="s">
-        <v>1232</v>
+      <c r="E224" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
       <c r="H224" s="3"/>
       <c r="I224" s="3"/>
       <c r="J224" s="3"/>
       <c r="K224" s="3"/>
     </row>
     <row r="225" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A225" s="6">
-        <v>225831</v>
+        <v>225861</v>
       </c>
       <c r="B225" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C225" s="7" t="s">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="D225" s="7" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>234</v>
+      </c>
+      <c r="E225" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3"/>
       <c r="I225" s="3"/>
       <c r="J225" s="3"/>
       <c r="K225" s="3"/>
     </row>
     <row r="226" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A226" s="6">
-        <v>225861</v>
+        <v>225865</v>
       </c>
       <c r="B226" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C226" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D226" s="7" t="s">
         <v>235</v>
       </c>
-      <c r="E226" s="47" t="s">
-        <v>1232</v>
+      <c r="E226" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3"/>
       <c r="I226" s="3"/>
       <c r="J226" s="3"/>
       <c r="K226" s="3"/>
     </row>
     <row r="227" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A227" s="6">
-        <v>225865</v>
+        <v>225866</v>
       </c>
       <c r="B227" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C227" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D227" s="7" t="s">
         <v>236</v>
       </c>
-      <c r="E227" s="47" t="s">
-        <v>1232</v>
+      <c r="E227" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3"/>
       <c r="I227" s="3"/>
       <c r="J227" s="3"/>
       <c r="K227" s="3"/>
     </row>
     <row r="228" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A228" s="6">
-        <v>225866</v>
+        <v>225867</v>
       </c>
       <c r="B228" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C228" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D228" s="7" t="s">
         <v>237</v>
       </c>
-      <c r="E228" s="47" t="s">
-        <v>1232</v>
+      <c r="E228" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3"/>
       <c r="I228" s="3"/>
       <c r="J228" s="3"/>
       <c r="K228" s="3"/>
     </row>
     <row r="229" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A229" s="6">
-        <v>225867</v>
+        <v>225868</v>
       </c>
       <c r="B229" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C229" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D229" s="7" t="s">
         <v>238</v>
       </c>
-      <c r="E229" s="47" t="s">
-        <v>1232</v>
+      <c r="E229" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3"/>
       <c r="I229" s="3"/>
       <c r="J229" s="3"/>
       <c r="K229" s="3"/>
     </row>
     <row r="230" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A230" s="6">
-        <v>225868</v>
+        <v>225870</v>
       </c>
       <c r="B230" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C230" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D230" s="7" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>226</v>
+      </c>
+      <c r="E230" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
       <c r="H230" s="3"/>
       <c r="I230" s="3"/>
       <c r="J230" s="3"/>
       <c r="K230" s="3"/>
     </row>
     <row r="231" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A231" s="6">
-        <v>225870</v>
+        <v>225871</v>
       </c>
       <c r="B231" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C231" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D231" s="7" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>239</v>
+      </c>
+      <c r="E231" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3"/>
       <c r="I231" s="3"/>
       <c r="J231" s="3"/>
       <c r="K231" s="3"/>
     </row>
     <row r="232" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A232" s="6">
-        <v>225871</v>
+        <v>225873</v>
       </c>
       <c r="B232" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C232" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D232" s="7" t="s">
         <v>240</v>
       </c>
-      <c r="E232" s="47" t="s">
-        <v>1232</v>
+      <c r="E232" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3"/>
       <c r="I232" s="3"/>
       <c r="J232" s="3"/>
       <c r="K232" s="3"/>
     </row>
     <row r="233" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A233" s="6">
-        <v>225873</v>
+        <v>225878</v>
       </c>
       <c r="B233" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C233" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D233" s="7" t="s">
         <v>241</v>
       </c>
-      <c r="E233" s="47" t="s">
-        <v>1232</v>
+      <c r="E233" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3"/>
       <c r="I233" s="3"/>
       <c r="J233" s="3"/>
       <c r="K233" s="3"/>
     </row>
     <row r="234" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A234" s="6">
-        <v>225878</v>
+        <v>225880</v>
       </c>
       <c r="B234" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C234" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D234" s="7" t="s">
         <v>242</v>
       </c>
-      <c r="E234" s="47" t="s">
-        <v>1232</v>
+      <c r="E234" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3"/>
       <c r="I234" s="3"/>
       <c r="J234" s="3"/>
       <c r="K234" s="3"/>
     </row>
     <row r="235" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A235" s="6">
-        <v>225880</v>
+        <v>225882</v>
       </c>
       <c r="B235" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C235" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D235" s="7" t="s">
         <v>243</v>
       </c>
-      <c r="E235" s="47" t="s">
-        <v>1232</v>
+      <c r="E235" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F235" s="3"/>
       <c r="G235" s="3"/>
       <c r="H235" s="3"/>
       <c r="I235" s="3"/>
       <c r="J235" s="3"/>
       <c r="K235" s="3"/>
     </row>
     <row r="236" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A236" s="6">
-        <v>225882</v>
+        <v>225884</v>
       </c>
       <c r="B236" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C236" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D236" s="7" t="s">
         <v>244</v>
       </c>
-      <c r="E236" s="47" t="s">
-        <v>1232</v>
+      <c r="E236" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3"/>
       <c r="I236" s="3"/>
       <c r="J236" s="3"/>
       <c r="K236" s="3"/>
     </row>
     <row r="237" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A237" s="6">
-        <v>225884</v>
+        <v>225885</v>
       </c>
       <c r="B237" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C237" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D237" s="7" t="s">
         <v>245</v>
       </c>
-      <c r="E237" s="47" t="s">
-        <v>1232</v>
+      <c r="E237" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
       <c r="H237" s="3"/>
       <c r="I237" s="3"/>
       <c r="J237" s="3"/>
       <c r="K237" s="3"/>
     </row>
     <row r="238" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A238" s="6">
-        <v>225885</v>
+        <v>225887</v>
       </c>
       <c r="B238" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C238" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D238" s="7" t="s">
         <v>246</v>
       </c>
-      <c r="E238" s="47" t="s">
-        <v>1232</v>
+      <c r="E238" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3"/>
       <c r="I238" s="3"/>
       <c r="J238" s="3"/>
       <c r="K238" s="3"/>
     </row>
     <row r="239" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A239" s="6">
-        <v>225887</v>
+        <v>225890</v>
       </c>
       <c r="B239" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C239" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D239" s="7" t="s">
         <v>247</v>
       </c>
-      <c r="E239" s="47" t="s">
-        <v>1232</v>
+      <c r="E239" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3"/>
       <c r="I239" s="3"/>
       <c r="J239" s="3"/>
       <c r="K239" s="3"/>
     </row>
     <row r="240" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A240" s="6">
-        <v>225890</v>
+        <v>225892</v>
       </c>
       <c r="B240" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C240" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D240" s="7" t="s">
+      <c r="C240" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="D240" s="9" t="s">
         <v>248</v>
       </c>
-      <c r="E240" s="47" t="s">
-        <v>1232</v>
+      <c r="E240" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
       <c r="H240" s="3"/>
       <c r="I240" s="3"/>
       <c r="J240" s="3"/>
       <c r="K240" s="3"/>
     </row>
     <row r="241" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A241" s="6">
-        <v>225892</v>
+        <v>225896</v>
       </c>
       <c r="B241" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C241" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D241" s="9" t="s">
+      <c r="C241" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="D241" s="7" t="s">
         <v>249</v>
       </c>
-      <c r="E241" s="47" t="s">
-        <v>1232</v>
+      <c r="E241" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3"/>
       <c r="I241" s="3"/>
       <c r="J241" s="3"/>
       <c r="K241" s="3"/>
     </row>
     <row r="242" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A242" s="6">
-        <v>225896</v>
+        <v>225897</v>
       </c>
       <c r="B242" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C242" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D242" s="7" t="s">
         <v>250</v>
       </c>
-      <c r="E242" s="47" t="s">
-        <v>1232</v>
+      <c r="E242" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3"/>
       <c r="I242" s="3"/>
       <c r="J242" s="3"/>
       <c r="K242" s="3"/>
     </row>
     <row r="243" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A243" s="6">
-        <v>225897</v>
+        <v>225875</v>
       </c>
       <c r="B243" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C243" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D243" s="7" t="s">
         <v>251</v>
       </c>
-      <c r="E243" s="47" t="s">
-        <v>1232</v>
+      <c r="E243" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3"/>
       <c r="I243" s="3"/>
       <c r="J243" s="3"/>
       <c r="K243" s="3"/>
     </row>
     <row r="244" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A244" s="6">
-        <v>225875</v>
+        <v>225874</v>
       </c>
       <c r="B244" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C244" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D244" s="7" t="s">
         <v>252</v>
       </c>
-      <c r="E244" s="47" t="s">
-        <v>1232</v>
+      <c r="E244" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3"/>
       <c r="I244" s="3"/>
       <c r="J244" s="3"/>
       <c r="K244" s="3"/>
     </row>
     <row r="245" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A245" s="6">
-        <v>225874</v>
+        <v>225898</v>
       </c>
       <c r="B245" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C245" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D245" s="7" t="s">
         <v>253</v>
       </c>
-      <c r="E245" s="47" t="s">
-        <v>1232</v>
+      <c r="E245" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
       <c r="H245" s="3"/>
       <c r="I245" s="3"/>
       <c r="J245" s="3"/>
       <c r="K245" s="3"/>
     </row>
     <row r="246" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A246" s="6">
-        <v>225898</v>
+        <v>225886</v>
       </c>
       <c r="B246" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C246" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D246" s="7" t="s">
         <v>254</v>
       </c>
-      <c r="E246" s="47" t="s">
-        <v>1232</v>
+      <c r="E246" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3"/>
       <c r="I246" s="3"/>
       <c r="J246" s="3"/>
       <c r="K246" s="3"/>
     </row>
     <row r="247" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A247" s="6">
-        <v>225886</v>
+        <v>225911</v>
       </c>
       <c r="B247" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C247" s="7" t="s">
-        <v>234</v>
+        <v>255</v>
       </c>
       <c r="D247" s="7" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>256</v>
+      </c>
+      <c r="E247" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3"/>
       <c r="I247" s="3"/>
       <c r="J247" s="3"/>
       <c r="K247" s="3"/>
     </row>
     <row r="248" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A248" s="6">
-        <v>225911</v>
+        <v>225913</v>
       </c>
       <c r="B248" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C248" s="7" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D248" s="7" t="s">
         <v>257</v>
       </c>
-      <c r="E248" s="47" t="s">
-        <v>1232</v>
+      <c r="E248" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3"/>
       <c r="I248" s="3"/>
       <c r="J248" s="3"/>
       <c r="K248" s="3"/>
     </row>
     <row r="249" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A249" s="6">
-        <v>225913</v>
+        <v>225916</v>
       </c>
       <c r="B249" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C249" s="7" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D249" s="7" t="s">
         <v>258</v>
       </c>
-      <c r="E249" s="47" t="s">
-        <v>1232</v>
+      <c r="E249" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
       <c r="H249" s="3"/>
       <c r="I249" s="3"/>
       <c r="J249" s="3"/>
       <c r="K249" s="3"/>
     </row>
     <row r="250" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A250" s="6">
-        <v>225916</v>
+        <v>225925</v>
       </c>
       <c r="B250" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C250" s="7" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D250" s="7" t="s">
         <v>259</v>
       </c>
-      <c r="E250" s="47" t="s">
-        <v>1232</v>
+      <c r="E250" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
       <c r="H250" s="3"/>
       <c r="I250" s="3"/>
       <c r="J250" s="3"/>
       <c r="K250" s="3"/>
     </row>
     <row r="251" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A251" s="6">
-        <v>225925</v>
+      <c r="A251" s="20">
+        <v>225926</v>
       </c>
       <c r="B251" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C251" s="7" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D251" s="7" t="s">
         <v>260</v>
       </c>
-      <c r="E251" s="47" t="s">
-[...13 lines deleted...]
-      <c r="B252" s="7" t="s">
+      <c r="E251" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F251" s="16"/>
+      <c r="G251" s="16"/>
+      <c r="H251" s="16"/>
+      <c r="I251" s="16"/>
+      <c r="J251" s="16"/>
+      <c r="K251" s="16"/>
+    </row>
+    <row r="252" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A252" s="61">
+        <v>225922</v>
+      </c>
+      <c r="B252" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="C252" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D252" s="7" t="s">
+      <c r="C252" s="60" t="s">
+        <v>255</v>
+      </c>
+      <c r="D252" s="60" t="s">
         <v>261</v>
       </c>
-      <c r="E252" s="47" t="s">
-[...7 lines deleted...]
-      <c r="K252" s="16"/>
+      <c r="E252" s="46" t="s">
+        <v>1228</v>
+      </c>
     </row>
     <row r="253" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A253" s="62">
-[...2 lines deleted...]
-      <c r="B253" s="61" t="s">
+      <c r="A253" s="61">
+        <v>225905</v>
+      </c>
+      <c r="B253" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="C253" s="61" t="s">
-[...2 lines deleted...]
-      <c r="D253" s="61" t="s">
+      <c r="C253" s="60" t="s">
+        <v>255</v>
+      </c>
+      <c r="D253" s="60" t="s">
         <v>262</v>
       </c>
-      <c r="E253" s="47" t="s">
-        <v>1232</v>
+      <c r="E253" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="254" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A254" s="62">
-[...2 lines deleted...]
-      <c r="B254" s="61" t="s">
+      <c r="A254" s="61">
+        <v>225918</v>
+      </c>
+      <c r="B254" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="C254" s="61" t="s">
-[...2 lines deleted...]
-      <c r="D254" s="61" t="s">
+      <c r="C254" s="60" t="s">
+        <v>255</v>
+      </c>
+      <c r="D254" s="60" t="s">
         <v>263</v>
       </c>
-      <c r="E254" s="47" t="s">
-        <v>1232</v>
+      <c r="E254" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="255" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A255" s="62">
-[...2 lines deleted...]
-      <c r="B255" s="61" t="s">
+      <c r="A255" s="61">
+        <v>225917</v>
+      </c>
+      <c r="B255" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="C255" s="61" t="s">
-[...23 lines deleted...]
-        <v>1232</v>
+      <c r="C255" s="60" t="s">
+        <v>255</v>
+      </c>
+      <c r="D255" s="60" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E255" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:E256"/>
+  <autoFilter ref="A2:E255"/>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E1:K1"/>
   </mergeCells>
-  <conditionalFormatting sqref="A111:A114">
+  <conditionalFormatting sqref="A110:A113">
     <cfRule type="duplicateValues" dxfId="247" priority="33"/>
     <cfRule type="duplicateValues" dxfId="246" priority="34"/>
     <cfRule type="cellIs" dxfId="245" priority="35" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A111:A114">
+  <conditionalFormatting sqref="A110:A113">
     <cfRule type="duplicateValues" dxfId="244" priority="36"/>
     <cfRule type="duplicateValues" dxfId="243" priority="37"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A31:A33">
+  <conditionalFormatting sqref="A30:A32">
     <cfRule type="duplicateValues" dxfId="242" priority="28"/>
     <cfRule type="duplicateValues" dxfId="241" priority="29"/>
     <cfRule type="cellIs" dxfId="240" priority="30" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A31:A33">
+  <conditionalFormatting sqref="A30:A32">
     <cfRule type="duplicateValues" dxfId="239" priority="31"/>
     <cfRule type="duplicateValues" dxfId="238" priority="32"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A201:A203">
+  <conditionalFormatting sqref="A200:A202">
     <cfRule type="duplicateValues" dxfId="237" priority="23"/>
     <cfRule type="duplicateValues" dxfId="236" priority="24"/>
     <cfRule type="cellIs" dxfId="235" priority="25" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A201:A203">
+  <conditionalFormatting sqref="A200:A202">
     <cfRule type="duplicateValues" dxfId="234" priority="26"/>
     <cfRule type="duplicateValues" dxfId="233" priority="27"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A204">
+  <conditionalFormatting sqref="A203">
     <cfRule type="duplicateValues" dxfId="232" priority="18"/>
     <cfRule type="duplicateValues" dxfId="231" priority="19"/>
     <cfRule type="cellIs" dxfId="230" priority="20" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A204">
+  <conditionalFormatting sqref="A203">
     <cfRule type="duplicateValues" dxfId="229" priority="21"/>
     <cfRule type="duplicateValues" dxfId="228" priority="22"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A239:A242">
+  <conditionalFormatting sqref="A238:A241">
     <cfRule type="duplicateValues" dxfId="227" priority="38"/>
     <cfRule type="duplicateValues" dxfId="226" priority="39"/>
     <cfRule type="cellIs" dxfId="225" priority="40" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A239:A242">
+  <conditionalFormatting sqref="A238:A241">
     <cfRule type="duplicateValues" dxfId="224" priority="41"/>
     <cfRule type="duplicateValues" dxfId="223" priority="42"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D190:D191">
+  <conditionalFormatting sqref="D189:D190">
     <cfRule type="duplicateValues" dxfId="222" priority="12"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A190:A191">
+  <conditionalFormatting sqref="A189:A190">
     <cfRule type="duplicateValues" dxfId="221" priority="13"/>
     <cfRule type="duplicateValues" dxfId="220" priority="14"/>
     <cfRule type="cellIs" dxfId="219" priority="15" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A190:A191">
+  <conditionalFormatting sqref="A189:A190">
     <cfRule type="duplicateValues" dxfId="218" priority="16"/>
     <cfRule type="duplicateValues" dxfId="217" priority="17"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D122">
+  <conditionalFormatting sqref="D121">
     <cfRule type="duplicateValues" dxfId="216" priority="6"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A122">
+  <conditionalFormatting sqref="A121">
     <cfRule type="duplicateValues" dxfId="215" priority="7"/>
     <cfRule type="duplicateValues" dxfId="214" priority="8"/>
     <cfRule type="cellIs" dxfId="213" priority="9" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A122">
+  <conditionalFormatting sqref="A121">
     <cfRule type="duplicateValues" dxfId="212" priority="10"/>
     <cfRule type="duplicateValues" dxfId="211" priority="11"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A243:A251 A205:A218 A145:A189 A101:A110 A3:A30 A115:A121 A34:A96 A192:A200 A123:A143 A222:A238">
+  <conditionalFormatting sqref="A242:A250 A204:A217 A144:A188 A100:A109 A3:A29 A114:A120 A33:A95 A191:A199 A122:A142 A221:A237">
     <cfRule type="duplicateValues" dxfId="210" priority="43"/>
     <cfRule type="duplicateValues" dxfId="209" priority="44"/>
     <cfRule type="cellIs" dxfId="208" priority="45" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A243:A251 A205:A218 A145:A189 A101:A110 A3:A30 A115:A121 A34:A96 A192:A200 A123:A143 A222:A238">
+  <conditionalFormatting sqref="A242:A250 A204:A217 A144:A188 A100:A109 A3:A29 A114:A120 A33:A95 A191:A199 A122:A142 A221:A237">
     <cfRule type="duplicateValues" dxfId="207" priority="46"/>
     <cfRule type="duplicateValues" dxfId="206" priority="47"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A219:A221">
+  <conditionalFormatting sqref="A218:A220">
     <cfRule type="duplicateValues" dxfId="205" priority="1"/>
     <cfRule type="duplicateValues" dxfId="204" priority="2"/>
     <cfRule type="cellIs" dxfId="203" priority="3" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A219:A221">
+  <conditionalFormatting sqref="A218:A220">
     <cfRule type="duplicateValues" dxfId="202" priority="4"/>
     <cfRule type="duplicateValues" dxfId="201" priority="5"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист3"/>
-  <dimension ref="A1:XEW229"/>
+  <dimension ref="A1:XEW228"/>
   <sheetViews>
     <sheetView zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2"/>
+      <selection activeCell="A154" sqref="A154:XFD154"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.140625" style="60" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="20.5703125" style="45" customWidth="1"/>
+    <col min="1" max="1" width="11.140625" style="59" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" style="59" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" style="59" customWidth="1"/>
+    <col min="4" max="4" width="27" style="59" customWidth="1"/>
+    <col min="5" max="5" width="20.5703125" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="42"/>
-[...3 lines deleted...]
-      <c r="E1" s="49"/>
+      <c r="A1" s="41"/>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="48"/>
       <c r="F1" s="3"/>
     </row>
     <row r="2" spans="1:6" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="17" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="76" t="s">
-        <v>1231</v>
+      <c r="E2" s="75" t="s">
+        <v>1227</v>
       </c>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="20">
         <v>210751</v>
       </c>
       <c r="B3" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C3" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="D3" s="7" t="s">
         <v>266</v>
       </c>
-      <c r="D3" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E3" s="45" t="s">
+        <v>1228</v>
       </c>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="20">
         <v>211320</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C4" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="D4" s="7" t="s">
         <v>268</v>
       </c>
-      <c r="D4" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E4" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="20">
         <v>211322</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>269</v>
+      </c>
+      <c r="E5" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="20">
         <v>211310</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>270</v>
+      </c>
+      <c r="E6" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F6" s="3"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="20">
         <v>211240</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>30</v>
+      </c>
+      <c r="E7" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F7" s="3"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="20">
         <v>211330</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>271</v>
+      </c>
+      <c r="E8" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F8" s="3"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="20">
         <v>211331</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>272</v>
+      </c>
+      <c r="E9" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F9" s="3"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="20">
         <v>211338</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>273</v>
+      </c>
+      <c r="E10" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F10" s="3"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="20">
         <v>211311</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>274</v>
+      </c>
+      <c r="E11" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F11" s="3"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="20">
         <v>211001</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C12" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="D12" s="7" t="s">
         <v>276</v>
       </c>
-      <c r="D12" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E12" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="20">
         <v>211012</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>277</v>
+      </c>
+      <c r="E13" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="20">
         <v>211037</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>278</v>
+      </c>
+      <c r="E14" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="20">
         <v>211011</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>279</v>
+      </c>
+      <c r="E15" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="20">
         <v>211024</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>280</v>
+      </c>
+      <c r="E16" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="20">
         <v>211038</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>281</v>
+      </c>
+      <c r="E17" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="20">
         <v>211014</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>282</v>
+      </c>
+      <c r="E18" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="20">
         <v>211017</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>283</v>
+      </c>
+      <c r="E19" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="20">
         <v>211003</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>284</v>
+      </c>
+      <c r="E20" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="20">
         <v>211004</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>285</v>
+      </c>
+      <c r="E21" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="20">
         <v>211035</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>269</v>
+      </c>
+      <c r="E22" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="20">
         <v>211026</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>286</v>
+      </c>
+      <c r="E23" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="20">
         <v>211005</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>287</v>
+      </c>
+      <c r="E24" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="20">
         <v>211036</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>288</v>
+      </c>
+      <c r="E25" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="20">
         <v>211034</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>289</v>
+      </c>
+      <c r="E26" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" s="20">
         <v>211018</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>290</v>
+      </c>
+      <c r="E27" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" s="22">
         <v>211055</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C28" s="10" t="s">
+        <v>291</v>
+      </c>
+      <c r="D28" s="10" t="s">
         <v>292</v>
       </c>
-      <c r="D28" s="10" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E28" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="22">
         <v>211047</v>
       </c>
       <c r="B29" s="10" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C29" s="10" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D29" s="10" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>293</v>
+      </c>
+      <c r="E29" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="20">
         <v>211593</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>294</v>
+      </c>
+      <c r="E30" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="20">
         <v>211041</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>295</v>
+      </c>
+      <c r="E31" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="20">
         <v>211058</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>296</v>
+      </c>
+      <c r="E32" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="20">
         <v>211592</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>297</v>
+      </c>
+      <c r="E33" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="20">
         <v>211594</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>298</v>
+      </c>
+      <c r="E34" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="20">
         <v>211044</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>299</v>
+      </c>
+      <c r="E35" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" s="20">
         <v>211059</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>300</v>
+      </c>
+      <c r="E36" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="20">
         <v>211046</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>301</v>
+      </c>
+      <c r="E37" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="20">
         <v>211045</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>302</v>
+      </c>
+      <c r="E38" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="20">
         <v>211054</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>303</v>
+      </c>
+      <c r="E39" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" s="20">
         <v>211588</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>304</v>
+      </c>
+      <c r="E40" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" s="20">
         <v>211064</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C41" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="D41" s="7" t="s">
         <v>306</v>
       </c>
-      <c r="D41" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E41" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="20">
         <v>211067</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>307</v>
+      </c>
+      <c r="E42" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="20">
         <v>211068</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>308</v>
+      </c>
+      <c r="E43" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" s="20">
         <v>211073</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>309</v>
+      </c>
+      <c r="E44" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="20">
         <v>211076</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>310</v>
+      </c>
+      <c r="E45" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="20">
         <v>211085</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>311</v>
+      </c>
+      <c r="E46" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="20">
         <v>211088</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>312</v>
+      </c>
+      <c r="E47" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" s="20">
         <v>211090</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>313</v>
+      </c>
+      <c r="E48" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="20">
         <v>211094</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>314</v>
+      </c>
+      <c r="E49" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="20">
         <v>211079</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>315</v>
+      </c>
+      <c r="E50" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="20">
         <v>211060</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>316</v>
+      </c>
+      <c r="E51" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="20">
         <v>211082</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>317</v>
+      </c>
+      <c r="E52" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="20">
         <v>211072</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>318</v>
+      </c>
+      <c r="E53" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A54" s="20">
         <v>211089</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>319</v>
+      </c>
+      <c r="E54" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A55" s="20">
         <v>211080</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>320</v>
+      </c>
+      <c r="E55" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="20">
         <v>211102</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C56" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="D56" s="7" t="s">
         <v>322</v>
       </c>
-      <c r="D56" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E56" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="20">
         <v>211105</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>323</v>
+      </c>
+      <c r="E57" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="20">
         <v>211110</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>324</v>
+      </c>
+      <c r="E58" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="20">
         <v>211123</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>325</v>
+      </c>
+      <c r="E59" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A60" s="20">
         <v>211126</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>326</v>
+      </c>
+      <c r="E60" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="20">
         <v>211130</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>327</v>
+      </c>
+      <c r="E61" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="20">
         <v>211131</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>328</v>
+      </c>
+      <c r="E62" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A63" s="20">
         <v>211135</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>329</v>
+      </c>
+      <c r="E63" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A64" s="20">
         <v>211138</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>330</v>
+      </c>
+      <c r="E64" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A65" s="20">
         <v>211513</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>331</v>
+      </c>
+      <c r="E65" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A66" s="20">
         <v>211142</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C66" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="D66" s="7" t="s">
         <v>333</v>
       </c>
-      <c r="D66" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E66" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A67" s="20">
         <v>211155</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D67" s="7" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>334</v>
+      </c>
+      <c r="E67" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A68" s="20">
         <v>211158</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>335</v>
+      </c>
+      <c r="E68" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A69" s="20">
         <v>211166</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>336</v>
+      </c>
+      <c r="E69" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A70" s="20">
         <v>211167</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>337</v>
+      </c>
+      <c r="E70" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A71" s="20">
         <v>211164</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>338</v>
+      </c>
+      <c r="E71" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A72" s="20">
         <v>211153</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>339</v>
+      </c>
+      <c r="E72" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A73" s="20">
         <v>211154</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>340</v>
+      </c>
+      <c r="E73" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A74" s="20">
         <v>211161</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>341</v>
+      </c>
+      <c r="E74" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A75" s="20">
         <v>211185</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C75" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="D75" s="7" t="s">
         <v>343</v>
       </c>
-      <c r="D75" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E75" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A76" s="20">
         <v>211190</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>344</v>
+      </c>
+      <c r="E76" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A77" s="20">
         <v>211197</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>345</v>
+      </c>
+      <c r="E77" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A78" s="20">
         <v>211199</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>346</v>
+      </c>
+      <c r="E78" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A79" s="20">
         <v>211188</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>347</v>
+      </c>
+      <c r="E79" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F79" s="8"/>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A80" s="20">
         <v>211186</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>348</v>
+      </c>
+      <c r="E80" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F80" s="8"/>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A81" s="20">
         <v>211189</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>349</v>
+      </c>
+      <c r="E81" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F81" s="8"/>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A82" s="20">
         <v>211181</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>350</v>
+      </c>
+      <c r="E82" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F82" s="8"/>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A83" s="20">
         <v>211097</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>351</v>
+      </c>
+      <c r="E83" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F83" s="8"/>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A84" s="20">
         <v>211183</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>352</v>
+      </c>
+      <c r="E84" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F84" s="8"/>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A85" s="20">
         <v>211210</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C85" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="D85" s="7" t="s">
         <v>354</v>
       </c>
-      <c r="D85" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E85" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A86" s="20">
         <v>211211</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>355</v>
+      </c>
+      <c r="E86" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A87" s="20">
         <v>211223</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>356</v>
+      </c>
+      <c r="E87" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A88" s="21">
         <v>211223</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>357</v>
+      </c>
+      <c r="E88" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A89" s="20">
         <v>211206</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D89" s="7" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>358</v>
+      </c>
+      <c r="E89" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A90" s="20">
         <v>211212</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D90" s="7" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>359</v>
+      </c>
+      <c r="E90" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A91" s="20">
         <v>211228</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D91" s="7" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>360</v>
+      </c>
+      <c r="E91" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A92" s="20">
         <v>211208</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D92" s="7" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>361</v>
+      </c>
+      <c r="E92" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A93" s="20">
         <v>211230</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D93" s="7" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>362</v>
+      </c>
+      <c r="E93" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A94" s="20">
         <v>211232</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D94" s="7" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>363</v>
+      </c>
+      <c r="E94" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A95" s="20">
         <v>211233</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D95" s="7" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>364</v>
+      </c>
+      <c r="E95" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A96" s="20">
         <v>211263</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C96" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="D96" s="7" t="s">
         <v>366</v>
       </c>
-      <c r="D96" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E96" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A97" s="20">
         <v>211268</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D97" s="7" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>367</v>
+      </c>
+      <c r="E97" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A98" s="20">
         <v>211270</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>348</v>
+      </c>
+      <c r="E98" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A99" s="20">
         <v>211272</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D99" s="7" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>368</v>
+      </c>
+      <c r="E99" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A100" s="21">
         <v>211272</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D100" s="7" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>369</v>
+      </c>
+      <c r="E100" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A101" s="20">
         <v>211275</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D101" s="7" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>370</v>
+      </c>
+      <c r="E101" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A102" s="20">
         <v>211279</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D102" s="7" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>371</v>
+      </c>
+      <c r="E102" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A103" s="20">
         <v>211264</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D103" s="7" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>372</v>
+      </c>
+      <c r="E103" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A104" s="20">
         <v>211269</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D104" s="7" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>373</v>
+      </c>
+      <c r="E104" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A105" s="20">
         <v>211280</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D105" s="9" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>374</v>
+      </c>
+      <c r="E105" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A106" s="20">
         <v>211266</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>375</v>
+      </c>
+      <c r="E106" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A107" s="20">
         <v>211286</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C107" s="7" t="s">
+        <v>376</v>
+      </c>
+      <c r="D107" s="7" t="s">
         <v>377</v>
       </c>
-      <c r="D107" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E107" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A108" s="20">
         <v>211293</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C108" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="D108" s="7" t="s">
         <v>379</v>
       </c>
-      <c r="D108" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E108" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A109" s="20">
         <v>211294</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D109" s="7" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>380</v>
+      </c>
+      <c r="E109" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A110" s="20">
         <v>211301</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D110" s="7" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>381</v>
+      </c>
+      <c r="E110" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A111" s="20">
         <v>211304</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D111" s="7" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>382</v>
+      </c>
+      <c r="E111" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A112" s="20">
         <v>211307</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D112" s="7" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>383</v>
+      </c>
+      <c r="E112" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A113" s="20">
         <v>211337</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D113" s="7" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>384</v>
+      </c>
+      <c r="E113" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A114" s="20">
         <v>211341</v>
       </c>
       <c r="B114" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C114" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D114" s="7" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>385</v>
+      </c>
+      <c r="E114" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A115" s="20">
         <v>211343</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D115" s="7" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>386</v>
+      </c>
+      <c r="E115" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A116" s="20">
         <v>211347</v>
       </c>
       <c r="B116" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C116" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D116" s="7" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>387</v>
+      </c>
+      <c r="E116" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A117" s="20">
         <v>211346</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>388</v>
+      </c>
+      <c r="E117" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A118" s="20">
         <v>211326</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D118" s="9" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>389</v>
+      </c>
+      <c r="E118" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A119" s="20">
         <v>211332</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D119" s="9" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>390</v>
+      </c>
+      <c r="E119" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A120" s="20">
         <v>211319</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>391</v>
+      </c>
+      <c r="E120" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A121" s="20">
         <v>211356</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C121" s="7" t="s">
+        <v>392</v>
+      </c>
+      <c r="D121" s="7" t="s">
         <v>393</v>
       </c>
-      <c r="D121" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E121" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F121" s="23"/>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A122" s="20">
         <v>211360</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C122" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D122" s="7" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>394</v>
+      </c>
+      <c r="E122" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A123" s="20">
         <v>211373</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C123" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D123" s="7" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>395</v>
+      </c>
+      <c r="E123" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A124" s="20">
         <v>211371</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C124" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D124" s="7" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>396</v>
+      </c>
+      <c r="E124" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A125" s="20">
         <v>211364</v>
       </c>
       <c r="B125" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C125" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D125" s="7" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>397</v>
+      </c>
+      <c r="E125" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A126" s="20">
         <v>211375</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C126" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D126" s="7" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>398</v>
+      </c>
+      <c r="E126" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A127" s="20">
         <v>211354</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C127" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D127" s="7" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>399</v>
+      </c>
+      <c r="E127" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A128" s="20">
         <v>211362</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D128" s="7" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>400</v>
+      </c>
+      <c r="E128" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A129" s="20">
         <v>211417</v>
       </c>
       <c r="B129" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C129" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D129" s="7" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>401</v>
+      </c>
+      <c r="E129" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A130" s="20">
         <v>211424</v>
       </c>
       <c r="B130" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D130" s="7" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>402</v>
+      </c>
+      <c r="E130" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A131" s="20">
         <v>211429</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D131" s="7" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>403</v>
+      </c>
+      <c r="E131" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6 16377:16377" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="20">
         <v>210752</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C132" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D132" s="24" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>404</v>
+      </c>
+      <c r="E132" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F132" s="3"/>
       <c r="XEW132">
         <f>SUM(A132:XEV132)</f>
         <v>210752</v>
       </c>
     </row>
     <row r="133" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A133" s="20">
         <v>211290</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C133" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D133" s="7" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>405</v>
+      </c>
+      <c r="E133" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A134" s="20">
         <v>211657</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C134" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D134" s="7" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>406</v>
+      </c>
+      <c r="E134" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A135" s="20">
         <v>211654</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D135" s="7" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>407</v>
+      </c>
+      <c r="E135" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A136" s="20">
         <v>211461</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C136" s="7" t="s">
+        <v>408</v>
+      </c>
+      <c r="D136" s="7" t="s">
         <v>409</v>
       </c>
-      <c r="D136" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E136" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A137" s="20">
         <v>211475</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C137" s="7" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="D137" s="7" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>410</v>
+      </c>
+      <c r="E137" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A138" s="20">
         <v>211474</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C138" s="7" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="D138" s="7" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>411</v>
+      </c>
+      <c r="E138" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A139" s="20">
         <v>211463</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C139" s="7" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="D139" s="7" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>412</v>
+      </c>
+      <c r="E139" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A140" s="20">
         <v>211472</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C140" s="7" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="D140" s="7" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>413</v>
+      </c>
+      <c r="E140" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A141" s="20">
         <v>211464</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="D141" s="7" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>414</v>
+      </c>
+      <c r="E141" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A142" s="20">
         <v>211489</v>
       </c>
       <c r="B142" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C142" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="C142" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" s="7" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>415</v>
+      </c>
+      <c r="E142" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6 16377:16377" x14ac:dyDescent="0.25">
       <c r="A143" s="20">
         <v>211497</v>
       </c>
       <c r="B143" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C143" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="C143" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="7" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>416</v>
+      </c>
+      <c r="E143" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6 16377:16377" x14ac:dyDescent="0.3">
       <c r="A144" s="20">
         <v>211484</v>
       </c>
       <c r="B144" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C144" s="9" t="s">
         <v>265</v>
       </c>
-      <c r="C144" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D144" s="9" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>417</v>
+      </c>
+      <c r="E144" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F144" s="8"/>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A145" s="20">
         <v>211483</v>
       </c>
       <c r="B145" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C145" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="C145" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" s="7" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>418</v>
+      </c>
+      <c r="E145" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F145" s="8"/>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A146" s="20">
         <v>211525</v>
       </c>
       <c r="B146" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C146" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="C146" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D146" s="7" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>419</v>
+      </c>
+      <c r="E146" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F146" s="8"/>
     </row>
     <row r="147" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A147" s="20">
         <v>211487</v>
       </c>
       <c r="B147" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C147" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="C147" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" s="7" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>420</v>
+      </c>
+      <c r="E147" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F147" s="8"/>
     </row>
     <row r="148" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A148" s="20">
         <v>211491</v>
       </c>
       <c r="B148" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C148" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="C148" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D148" s="7" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>421</v>
+      </c>
+      <c r="E148" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F148" s="8"/>
     </row>
     <row r="149" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A149" s="20">
         <v>211515</v>
       </c>
       <c r="B149" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C149" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D149" s="7" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>422</v>
+      </c>
+      <c r="E149" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A150" s="20">
         <v>211127</v>
       </c>
       <c r="B150" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C150" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D150" s="7" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>423</v>
+      </c>
+      <c r="E150" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A151" s="20">
         <v>211111</v>
       </c>
       <c r="B151" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C151" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D151" s="7" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>424</v>
+      </c>
+      <c r="E151" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A152" s="20">
         <v>211132</v>
       </c>
       <c r="B152" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C152" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D152" s="7" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>425</v>
+      </c>
+      <c r="E152" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A153" s="20">
         <v>211121</v>
       </c>
       <c r="B153" s="7" t="s">
+        <v>426</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="D153" s="7" t="s">
         <v>427</v>
       </c>
-      <c r="C153" s="7" t="s">
-[...6 lines deleted...]
-        <v>1232</v>
+      <c r="E153" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A154" s="20">
-        <v>211573</v>
+        <v>211550</v>
       </c>
       <c r="B154" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C154" s="7" t="s">
+        <v>428</v>
+      </c>
+      <c r="D154" s="7" t="s">
         <v>429</v>
       </c>
-      <c r="D154" s="7" t="s">
-[...5 lines deleted...]
-      <c r="F154" s="25"/>
+      <c r="E154" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A155" s="20">
-        <v>211550</v>
+        <v>211551</v>
       </c>
       <c r="B155" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C155" s="7" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D155" s="7" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>430</v>
+      </c>
+      <c r="E155" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A156" s="20">
-        <v>211551</v>
+        <v>211572</v>
       </c>
       <c r="B156" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C156" s="7" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D156" s="7" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>431</v>
+      </c>
+      <c r="E156" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A157" s="20">
-        <v>211572</v>
+        <v>211565</v>
       </c>
       <c r="B157" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C157" s="7" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D157" s="7" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>432</v>
+      </c>
+      <c r="E157" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A158" s="20">
-        <v>211565</v>
+        <v>211570</v>
       </c>
       <c r="B158" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C158" s="7" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D158" s="7" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>433</v>
+      </c>
+      <c r="E158" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A159" s="20">
-        <v>211570</v>
+        <v>211581</v>
       </c>
       <c r="B159" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C159" s="7" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D159" s="7" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>434</v>
+      </c>
+      <c r="E159" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A160" s="20">
-        <v>211581</v>
+        <v>211580</v>
       </c>
       <c r="B160" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C160" s="7" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D160" s="7" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>435</v>
+      </c>
+      <c r="E160" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A161" s="20">
-        <v>211580</v>
+        <v>211601</v>
       </c>
       <c r="B161" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C161" s="7" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="D161" s="7" t="s">
         <v>437</v>
       </c>
-      <c r="E161" s="47" t="s">
-        <v>1232</v>
+      <c r="E161" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A162" s="20">
-        <v>211601</v>
+        <v>211602</v>
       </c>
       <c r="B162" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C162" s="7" t="s">
+        <v>436</v>
+      </c>
+      <c r="D162" s="7" t="s">
         <v>438</v>
       </c>
-      <c r="D162" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E162" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A163" s="20">
-        <v>211602</v>
+        <v>211605</v>
       </c>
       <c r="B163" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C163" s="7" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D163" s="7" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>439</v>
+      </c>
+      <c r="E163" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A164" s="20">
-        <v>211605</v>
+        <v>211610</v>
       </c>
       <c r="B164" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C164" s="7" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D164" s="7" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>440</v>
+      </c>
+      <c r="E164" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A165" s="20">
-        <v>211610</v>
+        <v>211612</v>
       </c>
       <c r="B165" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C165" s="7" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D165" s="7" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>441</v>
+      </c>
+      <c r="E165" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A166" s="20">
-        <v>211612</v>
+        <v>211625</v>
       </c>
       <c r="B166" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C166" s="7" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D166" s="7" t="s">
+        <v>442</v>
+      </c>
+      <c r="E166" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F166" s="3"/>
+    </row>
+    <row r="167" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A167" s="20">
+        <v>211613</v>
+      </c>
+      <c r="B167" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C167" s="7" t="s">
         <v>443</v>
-      </c>
-[...13 lines deleted...]
-        <v>438</v>
       </c>
       <c r="D167" s="7" t="s">
         <v>444</v>
       </c>
-      <c r="E167" s="47" t="s">
-[...4 lines deleted...]
-    <row r="168" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="E167" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F167" s="8"/>
+    </row>
+    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A168" s="20">
-        <v>211613</v>
+        <v>211600</v>
       </c>
       <c r="B168" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C168" s="7" t="s">
+        <v>436</v>
+      </c>
+      <c r="D168" s="7" t="s">
         <v>445</v>
       </c>
-      <c r="D168" s="7" t="s">
-[...5 lines deleted...]
-      <c r="F168" s="8"/>
+      <c r="E168" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A169" s="20">
-        <v>211600</v>
+        <v>211652</v>
       </c>
       <c r="B169" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C169" s="7" t="s">
-        <v>438</v>
+        <v>378</v>
       </c>
       <c r="D169" s="7" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>446</v>
+      </c>
+      <c r="E169" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A170" s="20">
-        <v>211652</v>
+        <v>211712</v>
       </c>
       <c r="B170" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C170" s="7" t="s">
-        <v>379</v>
+        <v>447</v>
       </c>
       <c r="D170" s="7" t="s">
         <v>448</v>
       </c>
-      <c r="E170" s="47" t="s">
-        <v>1232</v>
+      <c r="E170" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A171" s="20">
-        <v>211712</v>
+        <v>211724</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C171" s="7" t="s">
+        <v>447</v>
+      </c>
+      <c r="D171" s="7" t="s">
         <v>449</v>
       </c>
-      <c r="D171" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E171" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A172" s="20">
-        <v>211724</v>
+        <v>211725</v>
       </c>
       <c r="B172" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C172" s="7" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D172" s="7" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>450</v>
+      </c>
+      <c r="E172" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A173" s="20">
-        <v>211725</v>
+        <v>211727</v>
       </c>
       <c r="B173" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C173" s="7" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D173" s="7" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>451</v>
+      </c>
+      <c r="E173" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A174" s="20">
-        <v>211727</v>
+        <v>211734</v>
       </c>
       <c r="B174" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C174" s="7" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D174" s="7" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>452</v>
+      </c>
+      <c r="E174" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A175" s="20">
-        <v>211734</v>
+        <v>211738</v>
       </c>
       <c r="B175" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C175" s="7" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D175" s="7" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>453</v>
+      </c>
+      <c r="E175" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A176" s="20">
-        <v>211738</v>
+        <v>211739</v>
       </c>
       <c r="B176" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C176" s="7" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D176" s="7" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>454</v>
+      </c>
+      <c r="E176" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A177" s="20">
-        <v>211739</v>
+        <v>211726</v>
       </c>
       <c r="B177" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C177" s="7" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D177" s="7" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>455</v>
+      </c>
+      <c r="E177" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A178" s="20">
-        <v>211726</v>
+        <v>211713</v>
       </c>
       <c r="B178" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C178" s="7" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D178" s="7" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>456</v>
+      </c>
+      <c r="E178" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A179" s="20">
-        <v>211713</v>
+        <v>211710</v>
       </c>
       <c r="B179" s="7" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>1232</v>
+        <v>264</v>
+      </c>
+      <c r="C179" s="9" t="s">
+        <v>447</v>
+      </c>
+      <c r="D179" s="9" t="s">
+        <v>457</v>
+      </c>
+      <c r="E179" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A180" s="20">
-        <v>211710</v>
+        <v>211775</v>
       </c>
       <c r="B180" s="7" t="s">
-        <v>265</v>
-[...4 lines deleted...]
-      <c r="D180" s="9" t="s">
+        <v>264</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>458</v>
+      </c>
+      <c r="D180" s="7" t="s">
         <v>459</v>
       </c>
-      <c r="E180" s="47" t="s">
-        <v>1232</v>
+      <c r="E180" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A181" s="20">
-        <v>211775</v>
+        <v>211790</v>
       </c>
       <c r="B181" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C181" s="7" t="s">
+        <v>458</v>
+      </c>
+      <c r="D181" s="7" t="s">
         <v>460</v>
       </c>
-      <c r="D181" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E181" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A182" s="20">
-        <v>211790</v>
+        <v>211794</v>
       </c>
       <c r="B182" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C182" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D182" s="7" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>461</v>
+      </c>
+      <c r="E182" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A183" s="20">
-        <v>211794</v>
+        <v>211795</v>
       </c>
       <c r="B183" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C183" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D183" s="7" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>462</v>
+      </c>
+      <c r="E183" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A184" s="20">
-        <v>211795</v>
+        <v>211809</v>
       </c>
       <c r="B184" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C184" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D184" s="7" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>463</v>
+      </c>
+      <c r="E184" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A185" s="20">
-        <v>211809</v>
+        <v>211811</v>
       </c>
       <c r="B185" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C185" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D185" s="7" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>464</v>
+      </c>
+      <c r="E185" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A186" s="20">
-        <v>211811</v>
+        <v>211828</v>
       </c>
       <c r="B186" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C186" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D186" s="7" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>465</v>
+      </c>
+      <c r="E186" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A187" s="20">
-        <v>211828</v>
+        <v>211821</v>
       </c>
       <c r="B187" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C187" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D187" s="7" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>466</v>
+      </c>
+      <c r="E187" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A188" s="20">
-        <v>211821</v>
+        <v>211818</v>
       </c>
       <c r="B188" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C188" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D188" s="7" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>467</v>
+      </c>
+      <c r="E188" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A189" s="20">
-        <v>211818</v>
+        <v>211817</v>
       </c>
       <c r="B189" s="7" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>1232</v>
+        <v>264</v>
+      </c>
+      <c r="C189" s="9" t="s">
+        <v>458</v>
+      </c>
+      <c r="D189" s="9" t="s">
+        <v>468</v>
+      </c>
+      <c r="E189" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A190" s="20">
-        <v>211817</v>
+        <v>211806</v>
       </c>
       <c r="B190" s="7" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>1232</v>
+        <v>264</v>
+      </c>
+      <c r="C190" s="7" t="s">
+        <v>458</v>
+      </c>
+      <c r="D190" s="7" t="s">
+        <v>469</v>
+      </c>
+      <c r="E190" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A191" s="20">
-        <v>211806</v>
+        <v>211813</v>
       </c>
       <c r="B191" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C191" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D191" s="7" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>470</v>
+      </c>
+      <c r="E191" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A192" s="20">
-        <v>211813</v>
+        <v>211816</v>
       </c>
       <c r="B192" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C192" s="7" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D192" s="7" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>471</v>
+      </c>
+      <c r="E192" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A193" s="20">
-        <v>211816</v>
+        <v>211832</v>
       </c>
       <c r="B193" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C193" s="7" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="D193" s="7" t="s">
         <v>473</v>
       </c>
-      <c r="E193" s="47" t="s">
-        <v>1232</v>
+      <c r="E193" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A194" s="20">
-        <v>211832</v>
+        <v>211833</v>
       </c>
       <c r="B194" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C194" s="7" t="s">
+        <v>472</v>
+      </c>
+      <c r="D194" s="7" t="s">
         <v>474</v>
       </c>
-      <c r="D194" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E194" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A195" s="20">
-        <v>211833</v>
+        <v>211836</v>
       </c>
       <c r="B195" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C195" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D195" s="7" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>475</v>
+      </c>
+      <c r="E195" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A196" s="20">
-        <v>211836</v>
+        <v>211841</v>
       </c>
       <c r="B196" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C196" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D196" s="7" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>476</v>
+      </c>
+      <c r="E196" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A197" s="20">
-        <v>211841</v>
+        <v>211842</v>
       </c>
       <c r="B197" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C197" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D197" s="7" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>477</v>
+      </c>
+      <c r="E197" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A198" s="20">
-        <v>211842</v>
+        <v>211846</v>
       </c>
       <c r="B198" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C198" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D198" s="7" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>478</v>
+      </c>
+      <c r="E198" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A199" s="20">
-        <v>211846</v>
+        <v>211847</v>
       </c>
       <c r="B199" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C199" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D199" s="7" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>479</v>
+      </c>
+      <c r="E199" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A200" s="20">
-        <v>211847</v>
+        <v>211850</v>
       </c>
       <c r="B200" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C200" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D200" s="7" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>480</v>
+      </c>
+      <c r="E200" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A201" s="20">
-        <v>211850</v>
+        <v>211851</v>
       </c>
       <c r="B201" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C201" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D201" s="7" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>481</v>
+      </c>
+      <c r="E201" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A202" s="20">
-        <v>211851</v>
+        <v>211875</v>
       </c>
       <c r="B202" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C202" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D202" s="7" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>482</v>
+      </c>
+      <c r="E202" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A203" s="20">
-        <v>211875</v>
+        <v>211876</v>
       </c>
       <c r="B203" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C203" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D203" s="7" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>483</v>
+      </c>
+      <c r="E203" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A204" s="20">
-        <v>211876</v>
+        <v>211867</v>
       </c>
       <c r="B204" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C204" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D204" s="7" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>484</v>
+      </c>
+      <c r="E204" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A205" s="20">
-        <v>211867</v>
+        <v>211878</v>
       </c>
       <c r="B205" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C205" s="7" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D205" s="7" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>485</v>
+      </c>
+      <c r="E205" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A206" s="20">
-        <v>211878</v>
+        <v>211854</v>
       </c>
       <c r="B206" s="7" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>1232</v>
+        <v>264</v>
+      </c>
+      <c r="C206" s="9" t="s">
+        <v>472</v>
+      </c>
+      <c r="D206" s="9" t="s">
+        <v>486</v>
+      </c>
+      <c r="E206" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A207" s="20">
-        <v>211854</v>
+        <v>211862</v>
       </c>
       <c r="B207" s="7" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>1232</v>
+        <v>264</v>
+      </c>
+      <c r="C207" s="7" t="s">
+        <v>472</v>
+      </c>
+      <c r="D207" s="7" t="s">
+        <v>487</v>
+      </c>
+      <c r="E207" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A208" s="20">
-        <v>211862</v>
+        <v>211932</v>
       </c>
       <c r="B208" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C208" s="7" t="s">
-        <v>474</v>
+        <v>376</v>
       </c>
       <c r="D208" s="7" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>488</v>
+      </c>
+      <c r="E208" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F208" s="3"/>
     </row>
     <row r="209" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A209" s="20">
-        <v>211932</v>
+        <v>211936</v>
       </c>
       <c r="B209" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C209" s="7" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D209" s="7" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>489</v>
+      </c>
+      <c r="E209" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F209" s="3"/>
     </row>
     <row r="210" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A210" s="20">
-        <v>211936</v>
+        <v>211940</v>
       </c>
       <c r="B210" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C210" s="7" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D210" s="7" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>490</v>
+      </c>
+      <c r="E210" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F210" s="3"/>
     </row>
     <row r="211" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A211" s="20">
-        <v>211940</v>
+        <v>211943</v>
       </c>
       <c r="B211" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C211" s="7" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D211" s="7" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>491</v>
+      </c>
+      <c r="E211" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F211" s="3"/>
     </row>
     <row r="212" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A212" s="20">
-        <v>211943</v>
+        <v>211945</v>
       </c>
       <c r="B212" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C212" s="7" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D212" s="7" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>492</v>
+      </c>
+      <c r="E212" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F212" s="3"/>
     </row>
     <row r="213" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A213" s="20">
-        <v>211945</v>
+        <v>211946</v>
       </c>
       <c r="B213" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C213" s="7" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D213" s="7" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>493</v>
+      </c>
+      <c r="E213" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F213" s="3"/>
     </row>
     <row r="214" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A214" s="20">
-        <v>211946</v>
+        <v>211951</v>
       </c>
       <c r="B214" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C214" s="7" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D214" s="7" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>373</v>
+      </c>
+      <c r="E214" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F214" s="3"/>
     </row>
     <row r="215" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A215" s="20">
-        <v>211951</v>
+        <v>211955</v>
       </c>
       <c r="B215" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C215" s="7" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D215" s="7" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>494</v>
+      </c>
+      <c r="E215" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F215" s="3"/>
     </row>
     <row r="216" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A216" s="20">
-        <v>211955</v>
+        <v>211971</v>
       </c>
       <c r="B216" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C216" s="7" t="s">
-        <v>377</v>
+        <v>495</v>
       </c>
       <c r="D216" s="7" t="s">
         <v>496</v>
       </c>
-      <c r="E216" s="47" t="s">
-        <v>1232</v>
+      <c r="E216" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F216" s="3"/>
     </row>
     <row r="217" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A217" s="20">
-        <v>211971</v>
+        <v>211978</v>
       </c>
       <c r="B217" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C217" s="7" t="s">
+        <v>495</v>
+      </c>
+      <c r="D217" s="7" t="s">
         <v>497</v>
       </c>
-      <c r="D217" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E217" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F217" s="3"/>
     </row>
     <row r="218" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A218" s="20">
-        <v>211978</v>
+        <v>211984</v>
       </c>
       <c r="B218" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C218" s="7" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D218" s="7" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>498</v>
+      </c>
+      <c r="E218" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F218" s="3"/>
     </row>
     <row r="219" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A219" s="20">
-        <v>211984</v>
+        <v>211996</v>
       </c>
       <c r="B219" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C219" s="7" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D219" s="7" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>499</v>
+      </c>
+      <c r="E219" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F219" s="3"/>
     </row>
     <row r="220" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A220" s="20">
-        <v>211996</v>
+        <v>211997</v>
       </c>
       <c r="B220" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C220" s="7" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D220" s="7" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>500</v>
+      </c>
+      <c r="E220" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F220" s="3"/>
     </row>
     <row r="221" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A221" s="20">
-        <v>211997</v>
+        <v>211999</v>
       </c>
       <c r="B221" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C221" s="7" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D221" s="7" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>501</v>
+      </c>
+      <c r="E221" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F221" s="3"/>
     </row>
     <row r="222" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A222" s="20">
-        <v>211999</v>
+        <v>211972</v>
       </c>
       <c r="B222" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C222" s="7" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D222" s="7" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>502</v>
+      </c>
+      <c r="E222" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F222" s="3"/>
     </row>
     <row r="223" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A223" s="20">
-        <v>211972</v>
+        <v>211977</v>
       </c>
       <c r="B223" s="7" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>1232</v>
+        <v>264</v>
+      </c>
+      <c r="C223" s="9" t="s">
+        <v>495</v>
+      </c>
+      <c r="D223" s="9" t="s">
+        <v>503</v>
+      </c>
+      <c r="E223" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F223" s="3"/>
     </row>
     <row r="224" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A224" s="20">
-        <v>211977</v>
+        <v>211960</v>
       </c>
       <c r="B224" s="7" t="s">
-        <v>265</v>
-[...8 lines deleted...]
-        <v>1232</v>
+        <v>264</v>
+      </c>
+      <c r="C224" s="7" t="s">
+        <v>495</v>
+      </c>
+      <c r="D224" s="7" t="s">
+        <v>504</v>
+      </c>
+      <c r="E224" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F224" s="3"/>
     </row>
     <row r="225" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A225" s="20">
-        <v>211960</v>
+        <v>211998</v>
       </c>
       <c r="B225" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C225" s="7" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D225" s="7" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>505</v>
+      </c>
+      <c r="E225" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F225" s="3"/>
     </row>
     <row r="226" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A226" s="20">
-        <v>211998</v>
+        <v>211924</v>
       </c>
       <c r="B226" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C226" s="7" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="D226" s="7" t="s">
         <v>507</v>
       </c>
-      <c r="E226" s="47" t="s">
-        <v>1232</v>
+      <c r="E226" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F226" s="3"/>
     </row>
     <row r="227" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A227" s="20">
-        <v>211924</v>
+        <v>211926</v>
       </c>
       <c r="B227" s="7" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="C227" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C227" s="9" t="s">
+        <v>506</v>
+      </c>
+      <c r="D227" s="9" t="s">
         <v>508</v>
       </c>
-      <c r="D227" s="7" t="s">
+      <c r="E227" s="46" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F227" s="3"/>
+    </row>
+    <row r="228" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="20">
+        <v>210014</v>
+      </c>
+      <c r="B228" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C228" s="24" t="s">
         <v>509</v>
       </c>
-      <c r="E227" s="47" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="D228" s="9" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1229</v>
+      </c>
+      <c r="E228" s="46" t="s">
+        <v>1228</v>
       </c>
       <c r="F228" s="3"/>
     </row>
-    <row r="229" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:E229"/>
+  <autoFilter ref="A2:E228"/>
   <conditionalFormatting sqref="A6:A11">
     <cfRule type="duplicateValues" dxfId="200" priority="28"/>
     <cfRule type="duplicateValues" dxfId="199" priority="29"/>
     <cfRule type="cellIs" dxfId="198" priority="30" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A6:A11">
     <cfRule type="duplicateValues" dxfId="197" priority="26"/>
     <cfRule type="duplicateValues" dxfId="196" priority="27"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A35:A40">
     <cfRule type="duplicateValues" dxfId="195" priority="23"/>
     <cfRule type="duplicateValues" dxfId="194" priority="24"/>
     <cfRule type="cellIs" dxfId="193" priority="25" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A35:A40">
     <cfRule type="duplicateValues" dxfId="192" priority="21"/>
     <cfRule type="duplicateValues" dxfId="191" priority="22"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A89:A92">
     <cfRule type="duplicateValues" dxfId="190" priority="18"/>
     <cfRule type="duplicateValues" dxfId="189" priority="19"/>
@@ -17551,3187 +17490,3187 @@
     <cfRule type="duplicateValues" dxfId="187" priority="16"/>
     <cfRule type="duplicateValues" dxfId="186" priority="17"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A138:A141">
     <cfRule type="duplicateValues" dxfId="185" priority="13"/>
     <cfRule type="duplicateValues" dxfId="184" priority="14"/>
     <cfRule type="cellIs" dxfId="183" priority="15" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A138:A141">
     <cfRule type="duplicateValues" dxfId="182" priority="11"/>
     <cfRule type="duplicateValues" dxfId="181" priority="12"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A124:A128">
     <cfRule type="duplicateValues" dxfId="180" priority="8"/>
     <cfRule type="duplicateValues" dxfId="179" priority="9"/>
     <cfRule type="cellIs" dxfId="178" priority="10" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A124:A128">
     <cfRule type="duplicateValues" dxfId="177" priority="6"/>
     <cfRule type="duplicateValues" dxfId="176" priority="7"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A227:A229">
+  <conditionalFormatting sqref="A226:A228">
     <cfRule type="duplicateValues" dxfId="175" priority="3"/>
     <cfRule type="duplicateValues" dxfId="174" priority="4"/>
     <cfRule type="cellIs" dxfId="173" priority="5" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A227:A229">
+  <conditionalFormatting sqref="A226:A228">
     <cfRule type="duplicateValues" dxfId="172" priority="1"/>
     <cfRule type="duplicateValues" dxfId="171" priority="2"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A158:A161">
+  <conditionalFormatting sqref="A157:A160">
     <cfRule type="duplicateValues" dxfId="170" priority="31"/>
     <cfRule type="duplicateValues" dxfId="169" priority="32"/>
     <cfRule type="cellIs" dxfId="168" priority="33" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A158:A161">
+  <conditionalFormatting sqref="A157:A160">
     <cfRule type="duplicateValues" dxfId="167" priority="34"/>
     <cfRule type="duplicateValues" dxfId="166" priority="35"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A113:A229 A101:A111 A3:A4 A93:A98 A56:A86 A41:A49 A6:A14">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="163" priority="547" operator="equal">
+  <conditionalFormatting sqref="A113:A228 A101:A111 A3:A4 A93:A98 A56:A86 A41:A49 A6:A14">
+    <cfRule type="duplicateValues" dxfId="165" priority="735"/>
+    <cfRule type="duplicateValues" dxfId="164" priority="736"/>
+    <cfRule type="cellIs" dxfId="163" priority="737" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A113:A229 A101:A111 A3:A4 A93:A98 A56:A86 A41:A49 A6:A14">
-[...1 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="161" priority="570"/>
+  <conditionalFormatting sqref="A113:A228 A101:A111 A3:A4 A93:A98 A56:A86 A41:A49 A6:A14">
+    <cfRule type="duplicateValues" dxfId="162" priority="759"/>
+    <cfRule type="duplicateValues" dxfId="161" priority="760"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист4"/>
   <dimension ref="A1:E182"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.42578125" customWidth="1"/>
     <col min="2" max="2" width="17.140625" customWidth="1"/>
     <col min="3" max="3" width="18" customWidth="1"/>
     <col min="4" max="4" width="29.85546875" customWidth="1"/>
-    <col min="5" max="5" width="19.140625" style="45" customWidth="1"/>
+    <col min="5" max="5" width="19.140625" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="81"/>
-[...3 lines deleted...]
-      <c r="E1" s="81"/>
+      <c r="A1" s="80"/>
+      <c r="B1" s="80"/>
+      <c r="C1" s="80"/>
+      <c r="D1" s="80"/>
+      <c r="E1" s="80"/>
     </row>
     <row r="2" spans="1:5" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
+      <c r="A2" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="B2" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="76" t="s">
-        <v>1231</v>
+      <c r="E2" s="75" t="s">
+        <v>1227</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="28">
+      <c r="A3" s="27">
         <v>247006</v>
       </c>
-      <c r="B3" s="29" t="s">
+      <c r="B3" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D3" s="7" t="s">
         <v>512</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="E3" s="45" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="27">
+        <v>247012</v>
+      </c>
+      <c r="B4" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D4" s="7" t="s">
         <v>513</v>
       </c>
-      <c r="D3" s="7" t="s">
+      <c r="E4" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="27">
+        <v>247017</v>
+      </c>
+      <c r="B5" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D5" s="7" t="s">
         <v>514</v>
       </c>
-      <c r="E3" s="46" t="s">
-[...13 lines deleted...]
-      <c r="D4" s="7" t="s">
+      <c r="E5" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="27">
+        <v>247031</v>
+      </c>
+      <c r="B6" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D6" s="7" t="s">
         <v>515</v>
       </c>
-      <c r="E4" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D5" s="7" t="s">
+      <c r="E6" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="27">
+        <v>247032</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>516</v>
       </c>
-      <c r="E5" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D6" s="7" t="s">
+      <c r="E7" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="27">
+        <v>247033</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D8" s="7" t="s">
         <v>517</v>
       </c>
-      <c r="E6" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D7" s="7" t="s">
+      <c r="E8" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="27">
+        <v>247043</v>
+      </c>
+      <c r="B9" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D9" s="7" t="s">
         <v>518</v>
       </c>
-      <c r="E7" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D8" s="7" t="s">
+      <c r="E9" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="27">
+        <v>247044</v>
+      </c>
+      <c r="B10" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D10" s="7" t="s">
         <v>519</v>
       </c>
-      <c r="E8" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D9" s="7" t="s">
+      <c r="E10" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="27">
+        <v>247046</v>
+      </c>
+      <c r="B11" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="D11" s="7" t="s">
         <v>520</v>
       </c>
-      <c r="E9" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D10" s="7" t="s">
+      <c r="E11" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="27">
+        <v>247063</v>
+      </c>
+      <c r="B12" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C12" s="7" t="s">
         <v>521</v>
       </c>
-      <c r="E10" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D11" s="7" t="s">
+      <c r="D12" s="7" t="s">
         <v>522</v>
       </c>
-      <c r="E11" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C12" s="7" t="s">
+      <c r="E12" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="27">
+        <v>247072</v>
+      </c>
+      <c r="B13" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="D13" s="7" t="s">
         <v>523</v>
       </c>
-      <c r="D12" s="7" t="s">
+      <c r="E13" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="27">
+        <v>247080</v>
+      </c>
+      <c r="B14" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="D14" s="7" t="s">
         <v>524</v>
       </c>
-      <c r="E12" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D13" s="7" t="s">
+      <c r="E14" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="27">
+        <v>247081</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="D15" s="7" t="s">
         <v>525</v>
       </c>
-      <c r="E13" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D14" s="7" t="s">
+      <c r="E15" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="27">
+        <v>247083</v>
+      </c>
+      <c r="B16" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="D16" s="7" t="s">
         <v>526</v>
       </c>
-      <c r="E14" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D15" s="7" t="s">
+      <c r="E16" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="27">
+        <v>247086</v>
+      </c>
+      <c r="B17" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="D17" s="7" t="s">
         <v>527</v>
       </c>
-      <c r="E15" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D16" s="7" t="s">
+      <c r="E17" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="27">
+        <v>247101</v>
+      </c>
+      <c r="B18" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C18" s="7" t="s">
         <v>528</v>
       </c>
-      <c r="E16" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D17" s="7" t="s">
+      <c r="D18" s="7" t="s">
         <v>529</v>
       </c>
-      <c r="E17" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C18" s="7" t="s">
+      <c r="E18" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="27">
+        <v>247102</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>530</v>
       </c>
-      <c r="D18" s="7" t="s">
+      <c r="E19" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="27">
+        <v>247103</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="D20" s="7" t="s">
         <v>531</v>
       </c>
-      <c r="E18" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D19" s="7" t="s">
+      <c r="E20" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="27">
+        <v>247104</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="D21" s="7" t="s">
         <v>532</v>
       </c>
-      <c r="E19" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D20" s="7" t="s">
+      <c r="E21" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="27">
+        <v>247109</v>
+      </c>
+      <c r="B22" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="D22" s="7" t="s">
         <v>533</v>
       </c>
-      <c r="E20" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D21" s="7" t="s">
+      <c r="E22" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="27">
+        <v>247112</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>534</v>
       </c>
-      <c r="E21" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D22" s="7" t="s">
+      <c r="E23" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="27">
+        <v>247114</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="D24" s="7" t="s">
         <v>535</v>
       </c>
-      <c r="E22" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D23" s="7" t="s">
+      <c r="E24" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="27">
+        <v>247117</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="D25" s="7" t="s">
         <v>536</v>
       </c>
-      <c r="E23" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D24" s="7" t="s">
+      <c r="E25" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="27">
+        <v>247121</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C26" s="7" t="s">
         <v>537</v>
       </c>
-      <c r="E24" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D25" s="7" t="s">
+      <c r="D26" s="7" t="s">
         <v>538</v>
       </c>
-      <c r="E25" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C26" s="7" t="s">
+      <c r="E26" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="27">
+        <v>247122</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>539</v>
       </c>
-      <c r="D26" s="7" t="s">
+      <c r="E27" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="27">
+        <v>247123</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D28" s="7" t="s">
         <v>540</v>
       </c>
-      <c r="E26" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D27" s="7" t="s">
+      <c r="E28" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="27">
+        <v>247124</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D29" s="7" t="s">
         <v>541</v>
       </c>
-      <c r="E27" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D28" s="7" t="s">
+      <c r="E29" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="27">
+        <v>247126</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D30" s="7" t="s">
         <v>542</v>
       </c>
-      <c r="E28" s="47" t="s">
-[...34 lines deleted...]
-        <v>1232</v>
+      <c r="E30" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="28">
+      <c r="A31" s="27">
         <v>247127</v>
       </c>
-      <c r="B31" s="29" t="s">
-        <v>512</v>
+      <c r="B31" s="28" t="s">
+        <v>510</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>30</v>
+      </c>
+      <c r="E31" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A32" s="28">
+      <c r="A32" s="27">
         <v>247128</v>
       </c>
-      <c r="B32" s="29" t="s">
-        <v>512</v>
+      <c r="B32" s="28" t="s">
+        <v>510</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="E32" s="47" t="s">
-        <v>1232</v>
+      <c r="E32" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A33" s="28">
+      <c r="A33" s="27">
         <v>247133</v>
       </c>
-      <c r="B33" s="29" t="s">
-        <v>512</v>
+      <c r="B33" s="28" t="s">
+        <v>510</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="D33" s="7" t="s">
+        <v>543</v>
+      </c>
+      <c r="E33" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="27">
+        <v>247135</v>
+      </c>
+      <c r="B34" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>544</v>
+      </c>
+      <c r="E34" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="27">
+        <v>247136</v>
+      </c>
+      <c r="B35" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D35" s="7" t="s">
         <v>545</v>
       </c>
-      <c r="E33" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D34" s="7" t="s">
+      <c r="E35" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="27">
+        <v>247140</v>
+      </c>
+      <c r="B36" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D36" s="7" t="s">
         <v>546</v>
       </c>
-      <c r="E34" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D35" s="7" t="s">
+      <c r="E36" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="27">
+        <v>247142</v>
+      </c>
+      <c r="B37" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D37" s="7" t="s">
         <v>547</v>
       </c>
-      <c r="E35" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D36" s="7" t="s">
+      <c r="E37" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="27">
+        <v>247158</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C38" s="7" t="s">
         <v>548</v>
       </c>
-      <c r="E36" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D37" s="7" t="s">
+      <c r="D38" s="7" t="s">
         <v>549</v>
       </c>
-      <c r="E37" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C38" s="7" t="s">
+      <c r="E38" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="27">
+        <v>247163</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>548</v>
+      </c>
+      <c r="D39" s="7" t="s">
         <v>550</v>
       </c>
-      <c r="D38" s="7" t="s">
+      <c r="E39" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="27">
+        <v>247166</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>548</v>
+      </c>
+      <c r="D40" s="7" t="s">
         <v>551</v>
       </c>
-      <c r="E38" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D39" s="7" t="s">
+      <c r="E40" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="27">
+        <v>247168</v>
+      </c>
+      <c r="B41" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>548</v>
+      </c>
+      <c r="D41" s="7" t="s">
         <v>552</v>
       </c>
-      <c r="E39" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D40" s="7" t="s">
+      <c r="E41" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="27">
+        <v>247172</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C42" s="7" t="s">
         <v>553</v>
       </c>
-      <c r="E40" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D41" s="7" t="s">
+      <c r="D42" s="7" t="s">
         <v>554</v>
       </c>
-      <c r="E41" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C42" s="7" t="s">
+      <c r="E42" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="27">
+        <v>247180</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>553</v>
+      </c>
+      <c r="D43" s="7" t="s">
         <v>555</v>
       </c>
-      <c r="D42" s="7" t="s">
+      <c r="E43" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="27">
+        <v>247207</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C44" s="7" t="s">
         <v>556</v>
       </c>
-      <c r="E42" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D43" s="7" t="s">
+      <c r="D44" s="7" t="s">
         <v>557</v>
       </c>
-      <c r="E43" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C44" s="7" t="s">
+      <c r="E44" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="27">
+        <v>247208</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D45" s="7" t="s">
         <v>558</v>
       </c>
-      <c r="D44" s="7" t="s">
+      <c r="E45" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="27">
+        <v>247209</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D46" s="7" t="s">
         <v>559</v>
       </c>
-      <c r="E44" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D45" s="7" t="s">
+      <c r="E46" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="27">
+        <v>247215</v>
+      </c>
+      <c r="B47" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D47" s="7" t="s">
         <v>560</v>
       </c>
-      <c r="E45" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D46" s="7" t="s">
+      <c r="E47" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="27">
+        <v>247230</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D48" s="7" t="s">
         <v>561</v>
       </c>
-      <c r="E46" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D47" s="7" t="s">
+      <c r="E48" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="27">
+        <v>247231</v>
+      </c>
+      <c r="B49" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D49" s="7" t="s">
         <v>562</v>
       </c>
-      <c r="E47" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D48" s="7" t="s">
+      <c r="E49" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="27">
+        <v>247233</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D50" s="7" t="s">
         <v>563</v>
       </c>
-      <c r="E48" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D49" s="7" t="s">
+      <c r="E50" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="27">
+        <v>247247</v>
+      </c>
+      <c r="B51" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D51" s="7" t="s">
         <v>564</v>
       </c>
-      <c r="E49" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D50" s="7" t="s">
+      <c r="E51" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="27">
+        <v>247242</v>
+      </c>
+      <c r="B52" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D52" s="7" t="s">
         <v>565</v>
       </c>
-      <c r="E50" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D51" s="7" t="s">
+      <c r="E52" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="27">
+        <v>247217</v>
+      </c>
+      <c r="B53" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D53" s="7" t="s">
         <v>566</v>
       </c>
-      <c r="E51" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D52" s="7" t="s">
+      <c r="E53" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="27">
+        <v>247270</v>
+      </c>
+      <c r="B54" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C54" s="7" t="s">
         <v>567</v>
       </c>
-      <c r="E52" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D53" s="7" t="s">
+      <c r="D54" s="7" t="s">
         <v>568</v>
       </c>
-      <c r="E53" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C54" s="7" t="s">
+      <c r="E54" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="27">
+        <v>247271</v>
+      </c>
+      <c r="B55" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D55" s="7" t="s">
         <v>569</v>
       </c>
-      <c r="D54" s="7" t="s">
+      <c r="E55" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="27">
+        <v>247279</v>
+      </c>
+      <c r="B56" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E56" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="27">
+        <v>247280</v>
+      </c>
+      <c r="B57" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D57" s="7" t="s">
         <v>570</v>
       </c>
-      <c r="E54" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D55" s="7" t="s">
+      <c r="E57" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="27">
+        <v>247289</v>
+      </c>
+      <c r="B58" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="E58" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="27">
+        <v>247284</v>
+      </c>
+      <c r="B59" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="E59" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="27">
+        <v>247272</v>
+      </c>
+      <c r="B60" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D60" s="7" t="s">
         <v>571</v>
       </c>
-      <c r="E55" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D57" s="7" t="s">
+      <c r="E60" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="27">
+        <v>247283</v>
+      </c>
+      <c r="B61" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D61" s="7" t="s">
         <v>572</v>
       </c>
-      <c r="E57" s="47" t="s">
-[...47 lines deleted...]
-      <c r="D60" s="7" t="s">
+      <c r="E61" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="27">
+        <v>247276</v>
+      </c>
+      <c r="B62" s="28" t="s">
         <v>573</v>
       </c>
-      <c r="E60" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D61" s="7" t="s">
+      <c r="C62" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="D62" s="7" t="s">
         <v>574</v>
       </c>
-      <c r="E61" s="47" t="s">
-[...7 lines deleted...]
-      <c r="B62" s="29" t="s">
+      <c r="E62" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="27">
+        <v>247301</v>
+      </c>
+      <c r="B63" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C63" s="7" t="s">
         <v>575</v>
       </c>
-      <c r="C62" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="7" t="s">
+      <c r="D63" s="7" t="s">
         <v>576</v>
       </c>
-      <c r="E62" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C63" s="7" t="s">
+      <c r="E63" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="27">
+        <v>247302</v>
+      </c>
+      <c r="B64" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D64" s="7" t="s">
         <v>577</v>
       </c>
-      <c r="D63" s="7" t="s">
+      <c r="E64" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="27">
+        <v>247304</v>
+      </c>
+      <c r="B65" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D65" s="7" t="s">
         <v>578</v>
       </c>
-      <c r="E63" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D64" s="7" t="s">
+      <c r="E65" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="27">
+        <v>247305</v>
+      </c>
+      <c r="B66" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="E66" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="27">
+        <v>247308</v>
+      </c>
+      <c r="B67" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="E67" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="27">
+        <v>247311</v>
+      </c>
+      <c r="B68" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D68" s="7" t="s">
         <v>579</v>
       </c>
-      <c r="E64" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D65" s="7" t="s">
+      <c r="E68" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="27">
+        <v>247312</v>
+      </c>
+      <c r="B69" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E69" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="27">
+        <v>247315</v>
+      </c>
+      <c r="B70" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D70" s="7" t="s">
         <v>580</v>
       </c>
-      <c r="E65" s="47" t="s">
-[...47 lines deleted...]
-      <c r="D68" s="7" t="s">
+      <c r="E70" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="27">
+        <v>247321</v>
+      </c>
+      <c r="B71" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D71" s="7" t="s">
         <v>581</v>
       </c>
-      <c r="E68" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D70" s="7" t="s">
+      <c r="E71" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="27">
+        <v>247332</v>
+      </c>
+      <c r="B72" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="D72" s="7" t="s">
         <v>582</v>
       </c>
-      <c r="E70" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D71" s="7" t="s">
+      <c r="E72" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="27">
+        <v>247362</v>
+      </c>
+      <c r="B73" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C73" s="7" t="s">
         <v>583</v>
       </c>
-      <c r="E71" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D72" s="7" t="s">
+      <c r="D73" s="7" t="s">
         <v>584</v>
       </c>
-      <c r="E72" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C73" s="7" t="s">
+      <c r="E73" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="27">
+        <v>247368</v>
+      </c>
+      <c r="B74" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="D74" s="7" t="s">
         <v>585</v>
       </c>
-      <c r="D73" s="7" t="s">
+      <c r="E74" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="27">
+        <v>247393</v>
+      </c>
+      <c r="B75" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="D75" s="7" t="s">
         <v>586</v>
       </c>
-      <c r="E73" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D74" s="7" t="s">
+      <c r="E75" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="27">
+        <v>247394</v>
+      </c>
+      <c r="B76" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="D76" s="7" t="s">
         <v>587</v>
       </c>
-      <c r="E74" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D75" s="7" t="s">
+      <c r="E76" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="27">
+        <v>247398</v>
+      </c>
+      <c r="B77" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="D77" s="7" t="s">
         <v>588</v>
       </c>
-      <c r="E75" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D76" s="7" t="s">
+      <c r="E77" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="27">
+        <v>247360</v>
+      </c>
+      <c r="B78" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="D78" s="7" t="s">
         <v>589</v>
       </c>
-      <c r="E76" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D77" s="7" t="s">
+      <c r="E78" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="27">
+        <v>247364</v>
+      </c>
+      <c r="B79" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C79" s="9" t="s">
+        <v>583</v>
+      </c>
+      <c r="D79" s="9" t="s">
         <v>590</v>
       </c>
-      <c r="E77" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D78" s="7" t="s">
+      <c r="E79" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="27">
+        <v>247403</v>
+      </c>
+      <c r="B80" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C80" s="7" t="s">
         <v>591</v>
       </c>
-      <c r="E78" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D79" s="9" t="s">
+      <c r="D80" s="7" t="s">
         <v>592</v>
       </c>
-      <c r="E79" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C80" s="7" t="s">
+      <c r="E80" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="27">
+        <v>247406</v>
+      </c>
+      <c r="B81" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>591</v>
+      </c>
+      <c r="D81" s="7" t="s">
         <v>593</v>
       </c>
-      <c r="D80" s="7" t="s">
+      <c r="E81" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="27">
+        <v>247416</v>
+      </c>
+      <c r="B82" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>591</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>551</v>
+      </c>
+      <c r="E82" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="27">
+        <v>247401</v>
+      </c>
+      <c r="B83" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>591</v>
+      </c>
+      <c r="D83" s="7" t="s">
         <v>594</v>
       </c>
-      <c r="E80" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D81" s="7" t="s">
+      <c r="E83" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="27">
+        <v>247494</v>
+      </c>
+      <c r="B84" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C84" s="7" t="s">
         <v>595</v>
       </c>
-      <c r="E81" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D83" s="7" t="s">
+      <c r="D84" s="7" t="s">
         <v>596</v>
       </c>
-      <c r="E83" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C84" s="7" t="s">
+      <c r="E84" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="27">
+        <v>247495</v>
+      </c>
+      <c r="B85" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D85" s="7" t="s">
         <v>597</v>
       </c>
-      <c r="D84" s="7" t="s">
+      <c r="E85" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="27">
+        <v>247497</v>
+      </c>
+      <c r="B86" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D86" s="7" t="s">
         <v>598</v>
       </c>
-      <c r="E84" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D85" s="7" t="s">
+      <c r="E86" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="27">
+        <v>247498</v>
+      </c>
+      <c r="B87" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D87" s="7" t="s">
         <v>599</v>
       </c>
-      <c r="E85" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D86" s="7" t="s">
+      <c r="E87" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="27">
+        <v>247499</v>
+      </c>
+      <c r="B88" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D88" s="7" t="s">
         <v>600</v>
       </c>
-      <c r="E86" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D87" s="7" t="s">
+      <c r="E88" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="27">
+        <v>247503</v>
+      </c>
+      <c r="B89" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D89" s="7" t="s">
         <v>601</v>
       </c>
-      <c r="E87" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D88" s="7" t="s">
+      <c r="E89" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="27">
+        <v>247505</v>
+      </c>
+      <c r="B90" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D90" s="7" t="s">
         <v>602</v>
       </c>
-      <c r="E88" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D89" s="7" t="s">
+      <c r="E90" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="27">
+        <v>247507</v>
+      </c>
+      <c r="B91" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D91" s="7" t="s">
         <v>603</v>
       </c>
-      <c r="E89" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D90" s="7" t="s">
+      <c r="E91" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="27">
+        <v>247509</v>
+      </c>
+      <c r="B92" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D92" s="7" t="s">
         <v>604</v>
       </c>
-      <c r="E90" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D91" s="7" t="s">
+      <c r="E92" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="27">
+        <v>247516</v>
+      </c>
+      <c r="B93" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D93" s="7" t="s">
         <v>605</v>
       </c>
-      <c r="E91" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D92" s="7" t="s">
+      <c r="E93" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="27">
+        <v>247524</v>
+      </c>
+      <c r="B94" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D94" s="7" t="s">
         <v>606</v>
       </c>
-      <c r="E92" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D93" s="7" t="s">
+      <c r="E94" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="27">
+        <v>247533</v>
+      </c>
+      <c r="B95" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D95" s="7" t="s">
         <v>607</v>
       </c>
-      <c r="E93" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D94" s="7" t="s">
+      <c r="E95" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="27">
+        <v>247534</v>
+      </c>
+      <c r="B96" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D96" s="7" t="s">
         <v>608</v>
       </c>
-      <c r="E94" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D95" s="7" t="s">
+      <c r="E96" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="27">
+        <v>247551</v>
+      </c>
+      <c r="B97" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D97" s="7" t="s">
         <v>609</v>
       </c>
-      <c r="E95" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D96" s="7" t="s">
+      <c r="E97" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="27">
+        <v>247564</v>
+      </c>
+      <c r="B98" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D98" s="7" t="s">
         <v>610</v>
       </c>
-      <c r="E96" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D97" s="7" t="s">
+      <c r="E98" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="27">
+        <v>247511</v>
+      </c>
+      <c r="B99" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D99" s="7" t="s">
         <v>611</v>
       </c>
-      <c r="E97" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D98" s="7" t="s">
+      <c r="E99" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="27">
+        <v>247522</v>
+      </c>
+      <c r="B100" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D100" s="7" t="s">
         <v>612</v>
       </c>
-      <c r="E98" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D99" s="7" t="s">
+      <c r="E100" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A101" s="27">
+        <v>247510</v>
+      </c>
+      <c r="B101" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D101" s="7" t="s">
         <v>613</v>
       </c>
-      <c r="E99" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D100" s="7" t="s">
+      <c r="E101" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="27">
+        <v>247501</v>
+      </c>
+      <c r="B102" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D102" s="7" t="s">
         <v>614</v>
       </c>
-      <c r="E100" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D101" s="7" t="s">
+      <c r="E102" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A103" s="27">
+        <v>247561</v>
+      </c>
+      <c r="B103" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D103" s="7" t="s">
         <v>615</v>
       </c>
-      <c r="E101" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D102" s="7" t="s">
+      <c r="E103" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="27">
+        <v>247530</v>
+      </c>
+      <c r="B104" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D104" s="7" t="s">
         <v>616</v>
       </c>
-      <c r="E102" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D103" s="7" t="s">
+      <c r="E104" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="27">
+        <v>247552</v>
+      </c>
+      <c r="B105" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="D105" s="7" t="s">
         <v>617</v>
       </c>
-      <c r="E103" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D104" s="7" t="s">
+      <c r="E105" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="27">
+        <v>247602</v>
+      </c>
+      <c r="B106" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C106" s="7" t="s">
         <v>618</v>
       </c>
-      <c r="E104" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D105" s="7" t="s">
+      <c r="D106" s="7" t="s">
         <v>619</v>
       </c>
-      <c r="E105" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C106" s="7" t="s">
+      <c r="E106" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="27">
+        <v>247607</v>
+      </c>
+      <c r="B107" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>618</v>
+      </c>
+      <c r="D107" s="7" t="s">
         <v>620</v>
       </c>
-      <c r="D106" s="7" t="s">
+      <c r="E107" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="27">
+        <v>247608</v>
+      </c>
+      <c r="B108" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>618</v>
+      </c>
+      <c r="D108" s="7" t="s">
         <v>621</v>
       </c>
-      <c r="E106" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D107" s="7" t="s">
+      <c r="E108" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="27">
+        <v>247617</v>
+      </c>
+      <c r="B109" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>618</v>
+      </c>
+      <c r="D109" s="7" t="s">
         <v>622</v>
       </c>
-      <c r="E107" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D108" s="7" t="s">
+      <c r="E109" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="27">
+        <v>247642</v>
+      </c>
+      <c r="B110" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C110" s="7" t="s">
         <v>623</v>
       </c>
-      <c r="E108" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D109" s="7" t="s">
+      <c r="D110" s="7" t="s">
         <v>624</v>
       </c>
-      <c r="E109" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C110" s="7" t="s">
+      <c r="E110" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="27">
+        <v>247643</v>
+      </c>
+      <c r="B111" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>623</v>
+      </c>
+      <c r="D111" s="7" t="s">
         <v>625</v>
       </c>
-      <c r="D110" s="7" t="s">
+      <c r="E111" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="27">
+        <v>247644</v>
+      </c>
+      <c r="B112" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>623</v>
+      </c>
+      <c r="D112" s="7" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E112" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="27">
+        <v>247701</v>
+      </c>
+      <c r="B113" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C113" s="7" t="s">
         <v>626</v>
       </c>
-      <c r="E110" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D111" s="7" t="s">
+      <c r="D113" s="7" t="s">
         <v>627</v>
       </c>
-      <c r="E111" s="47" t="s">
-[...27 lines deleted...]
-      <c r="C113" s="7" t="s">
+      <c r="E113" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="27">
+        <v>247706</v>
+      </c>
+      <c r="B114" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D114" s="7" t="s">
         <v>628</v>
       </c>
-      <c r="D113" s="7" t="s">
+      <c r="E114" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A115" s="27">
+        <v>247707</v>
+      </c>
+      <c r="B115" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D115" s="7" t="s">
         <v>629</v>
       </c>
-      <c r="E113" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D115" s="7" t="s">
+      <c r="E115" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A116" s="27">
+        <v>247714</v>
+      </c>
+      <c r="B116" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D116" s="7" t="s">
         <v>631</v>
       </c>
-      <c r="E115" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D116" s="7" t="s">
+      <c r="E116" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="27">
+        <v>247715</v>
+      </c>
+      <c r="B117" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D117" s="7" t="s">
+        <v>632</v>
+      </c>
+      <c r="E117" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A118" s="27">
+        <v>247716</v>
+      </c>
+      <c r="B118" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D118" s="7" t="s">
         <v>633</v>
       </c>
-      <c r="E116" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D117" s="7" t="s">
+      <c r="E118" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="27">
+        <v>247721</v>
+      </c>
+      <c r="B119" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D119" s="7" t="s">
         <v>634</v>
       </c>
-      <c r="E117" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D118" s="7" t="s">
+      <c r="E119" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="27">
+        <v>247727</v>
+      </c>
+      <c r="B120" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D120" s="7" t="s">
         <v>635</v>
       </c>
-      <c r="E118" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D119" s="7" t="s">
+      <c r="E120" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="27">
+        <v>247730</v>
+      </c>
+      <c r="B121" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D121" s="7" t="s">
         <v>636</v>
       </c>
-      <c r="E119" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D120" s="7" t="s">
+      <c r="E121" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="27">
+        <v>247734</v>
+      </c>
+      <c r="B122" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D122" s="7" t="s">
         <v>637</v>
       </c>
-      <c r="E120" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D121" s="7" t="s">
+      <c r="E122" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="27">
+        <v>247738</v>
+      </c>
+      <c r="B123" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D123" s="7" t="s">
         <v>638</v>
       </c>
-      <c r="E121" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D122" s="7" t="s">
+      <c r="E123" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A124" s="27">
+        <v>247739</v>
+      </c>
+      <c r="B124" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D124" s="7" t="s">
         <v>639</v>
       </c>
-      <c r="E122" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D123" s="7" t="s">
+      <c r="E124" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A125" s="27">
+        <v>247741</v>
+      </c>
+      <c r="B125" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="D125" s="7" t="s">
         <v>640</v>
       </c>
-      <c r="E123" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D124" s="7" t="s">
+      <c r="E125" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="27">
+        <v>247719</v>
+      </c>
+      <c r="B126" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C126" s="29" t="s">
+        <v>626</v>
+      </c>
+      <c r="D126" s="7" t="s">
         <v>641</v>
       </c>
-      <c r="E124" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D125" s="7" t="s">
+      <c r="E126" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="27">
+        <v>247755</v>
+      </c>
+      <c r="B127" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C127" s="7" t="s">
         <v>642</v>
       </c>
-      <c r="E125" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D126" s="7" t="s">
+      <c r="D127" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="E127" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A128" s="27">
+        <v>247763</v>
+      </c>
+      <c r="B128" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D128" s="7" t="s">
         <v>643</v>
       </c>
-      <c r="E126" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C127" s="7" t="s">
+      <c r="E128" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A129" s="27">
+        <v>247765</v>
+      </c>
+      <c r="B129" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D129" s="7" t="s">
         <v>644</v>
       </c>
-      <c r="D127" s="7" t="s">
-[...16 lines deleted...]
-      <c r="D128" s="7" t="s">
+      <c r="E129" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A130" s="27">
+        <v>247785</v>
+      </c>
+      <c r="B130" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D130" s="7" t="s">
         <v>645</v>
       </c>
-      <c r="E128" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D129" s="7" t="s">
+      <c r="E130" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A131" s="27">
+        <v>247762</v>
+      </c>
+      <c r="B131" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="E131" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="27">
+        <v>247767</v>
+      </c>
+      <c r="B132" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D132" s="7" t="s">
         <v>646</v>
       </c>
-      <c r="E129" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D130" s="7" t="s">
+      <c r="E132" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="27">
+        <v>247759</v>
+      </c>
+      <c r="B133" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D133" s="7" t="s">
         <v>647</v>
       </c>
-      <c r="E130" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D132" s="7" t="s">
+      <c r="E133" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="27">
+        <v>247754</v>
+      </c>
+      <c r="B134" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D134" s="7" t="s">
         <v>648</v>
       </c>
-      <c r="E132" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D133" s="7" t="s">
+      <c r="E134" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="27">
+        <v>247758</v>
+      </c>
+      <c r="B135" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D135" s="7" t="s">
         <v>649</v>
       </c>
-      <c r="E133" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D134" s="7" t="s">
+      <c r="E135" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="27">
+        <v>247764</v>
+      </c>
+      <c r="B136" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D136" s="7" t="s">
         <v>650</v>
       </c>
-      <c r="E134" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D135" s="7" t="s">
+      <c r="E136" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="27">
+        <v>247768</v>
+      </c>
+      <c r="B137" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D137" s="7" t="s">
+        <v>634</v>
+      </c>
+      <c r="E137" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="27">
+        <v>247757</v>
+      </c>
+      <c r="B138" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D138" s="7" t="s">
         <v>651</v>
       </c>
-      <c r="E135" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D136" s="7" t="s">
+      <c r="E138" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="27">
+        <v>247781</v>
+      </c>
+      <c r="B139" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D139" s="7" t="s">
         <v>652</v>
       </c>
-      <c r="E136" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D138" s="7" t="s">
+      <c r="E139" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="27">
+        <v>247761</v>
+      </c>
+      <c r="B140" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="D140" s="7" t="s">
         <v>653</v>
       </c>
-      <c r="E138" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D139" s="7" t="s">
+      <c r="E140" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="27">
+        <v>247793</v>
+      </c>
+      <c r="B141" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C141" s="7" t="s">
         <v>654</v>
       </c>
-      <c r="E139" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D140" s="7" t="s">
+      <c r="D141" s="7" t="s">
         <v>655</v>
       </c>
-      <c r="E140" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C141" s="7" t="s">
+      <c r="E141" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A142" s="27">
+        <v>247810</v>
+      </c>
+      <c r="B142" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>654</v>
+      </c>
+      <c r="D142" s="7" t="s">
         <v>656</v>
       </c>
-      <c r="D141" s="7" t="s">
+      <c r="E142" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="27">
+        <v>247816</v>
+      </c>
+      <c r="B143" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>654</v>
+      </c>
+      <c r="D143" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="E143" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A144" s="27">
+        <v>247791</v>
+      </c>
+      <c r="B144" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C144" s="7" t="s">
+        <v>654</v>
+      </c>
+      <c r="D144" s="7" t="s">
         <v>657</v>
       </c>
-      <c r="E141" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D142" s="7" t="s">
+      <c r="E144" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A145" s="27">
+        <v>247821</v>
+      </c>
+      <c r="B145" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C145" s="7" t="s">
         <v>658</v>
       </c>
-      <c r="E142" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D144" s="7" t="s">
+      <c r="D145" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="E145" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A146" s="27">
+        <v>247824</v>
+      </c>
+      <c r="B146" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="D146" s="7" t="s">
         <v>659</v>
       </c>
-      <c r="E144" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C145" s="7" t="s">
+      <c r="E146" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A147" s="27">
+        <v>247825</v>
+      </c>
+      <c r="B147" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="D147" s="7" t="s">
         <v>660</v>
       </c>
-      <c r="D145" s="7" t="s">
-[...16 lines deleted...]
-      <c r="D146" s="7" t="s">
+      <c r="E147" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A148" s="27">
+        <v>247826</v>
+      </c>
+      <c r="B148" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="D148" s="7" t="s">
         <v>661</v>
       </c>
-      <c r="E146" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D147" s="7" t="s">
+      <c r="E148" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A149" s="27">
+        <v>247832</v>
+      </c>
+      <c r="B149" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C149" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="D149" s="7" t="s">
         <v>662</v>
       </c>
-      <c r="E147" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D148" s="7" t="s">
+      <c r="E149" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A150" s="27">
+        <v>247834</v>
+      </c>
+      <c r="B150" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C150" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="D150" s="7" t="s">
         <v>663</v>
       </c>
-      <c r="E148" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D149" s="7" t="s">
+      <c r="E150" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="27">
+        <v>247842</v>
+      </c>
+      <c r="B151" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C151" s="7" t="s">
         <v>664</v>
       </c>
-      <c r="E149" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D150" s="7" t="s">
+      <c r="D151" s="7" t="s">
         <v>665</v>
       </c>
-      <c r="E150" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C151" s="7" t="s">
+      <c r="E151" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A152" s="27">
+        <v>247845</v>
+      </c>
+      <c r="B152" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D152" s="7" t="s">
         <v>666</v>
       </c>
-      <c r="D151" s="7" t="s">
+      <c r="E152" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A153" s="27">
+        <v>247846</v>
+      </c>
+      <c r="B153" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D153" s="7" t="s">
         <v>667</v>
       </c>
-      <c r="E151" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D152" s="7" t="s">
+      <c r="E153" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A154" s="27">
+        <v>247847</v>
+      </c>
+      <c r="B154" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D154" s="7" t="s">
         <v>668</v>
       </c>
-      <c r="E152" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D153" s="7" t="s">
+      <c r="E154" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A155" s="27">
+        <v>247848</v>
+      </c>
+      <c r="B155" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C155" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D155" s="7" t="s">
         <v>669</v>
       </c>
-      <c r="E153" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D154" s="7" t="s">
+      <c r="E155" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A156" s="27">
+        <v>247850</v>
+      </c>
+      <c r="B156" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D156" s="7" t="s">
         <v>670</v>
       </c>
-      <c r="E154" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D155" s="7" t="s">
+      <c r="E156" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A157" s="27">
+        <v>247854</v>
+      </c>
+      <c r="B157" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D157" s="7" t="s">
         <v>671</v>
       </c>
-      <c r="E155" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D156" s="7" t="s">
+      <c r="E157" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A158" s="27">
+        <v>247855</v>
+      </c>
+      <c r="B158" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D158" s="7" t="s">
         <v>672</v>
       </c>
-      <c r="E156" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D157" s="7" t="s">
+      <c r="E158" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A159" s="27">
+        <v>247856</v>
+      </c>
+      <c r="B159" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C159" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D159" s="7" t="s">
         <v>673</v>
       </c>
-      <c r="E157" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D158" s="7" t="s">
+      <c r="E159" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A160" s="27">
+        <v>247857</v>
+      </c>
+      <c r="B160" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D160" s="7" t="s">
         <v>674</v>
       </c>
-      <c r="E158" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D159" s="7" t="s">
+      <c r="E160" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A161" s="27">
+        <v>247862</v>
+      </c>
+      <c r="B161" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C161" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D161" s="7" t="s">
         <v>675</v>
       </c>
-      <c r="E159" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D160" s="7" t="s">
+      <c r="E161" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A162" s="27">
+        <v>247866</v>
+      </c>
+      <c r="B162" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C162" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D162" s="7" t="s">
         <v>676</v>
       </c>
-      <c r="E160" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D161" s="7" t="s">
+      <c r="E162" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A163" s="27">
+        <v>247868</v>
+      </c>
+      <c r="B163" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="D163" s="7" t="s">
         <v>677</v>
       </c>
-      <c r="E161" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D162" s="7" t="s">
+      <c r="E163" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A164" s="27">
+        <v>247919</v>
+      </c>
+      <c r="B164" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C164" s="7" t="s">
         <v>678</v>
       </c>
-      <c r="E162" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D163" s="7" t="s">
+      <c r="D164" s="7" t="s">
         <v>679</v>
       </c>
-      <c r="E163" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C164" s="7" t="s">
+      <c r="E164" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A165" s="27">
+        <v>247922</v>
+      </c>
+      <c r="B165" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C165" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="D165" s="7" t="s">
         <v>680</v>
       </c>
-      <c r="D164" s="7" t="s">
+      <c r="E165" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A166" s="27">
+        <v>247926</v>
+      </c>
+      <c r="B166" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="D166" s="7" t="s">
         <v>681</v>
       </c>
-      <c r="E164" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D165" s="7" t="s">
+      <c r="E166" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A167" s="27">
+        <v>247934</v>
+      </c>
+      <c r="B167" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C167" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="D167" s="7" t="s">
         <v>682</v>
       </c>
-      <c r="E165" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D166" s="7" t="s">
+      <c r="E167" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A168" s="27">
+        <v>247946</v>
+      </c>
+      <c r="B168" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C168" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="D168" s="7" t="s">
+        <v>580</v>
+      </c>
+      <c r="E168" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A169" s="27">
+        <v>247932</v>
+      </c>
+      <c r="B169" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C169" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="D169" s="7" t="s">
         <v>683</v>
       </c>
-      <c r="E166" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D167" s="7" t="s">
+      <c r="E169" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A170" s="27">
+        <v>247910</v>
+      </c>
+      <c r="B170" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C170" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="D170" s="7" t="s">
         <v>684</v>
       </c>
-      <c r="E167" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D169" s="7" t="s">
+      <c r="E170" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A171" s="27">
+        <v>247961</v>
+      </c>
+      <c r="B171" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C171" s="7" t="s">
         <v>685</v>
       </c>
-      <c r="E169" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D170" s="7" t="s">
+      <c r="D171" s="7" t="s">
         <v>686</v>
       </c>
-      <c r="E170" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C171" s="7" t="s">
+      <c r="E171" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A172" s="27">
+        <v>247966</v>
+      </c>
+      <c r="B172" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D172" s="7" t="s">
         <v>687</v>
       </c>
-      <c r="D171" s="7" t="s">
+      <c r="E172" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A173" s="27">
+        <v>247967</v>
+      </c>
+      <c r="B173" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C173" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D173" s="7" t="s">
+        <v>670</v>
+      </c>
+      <c r="E173" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A174" s="27">
+        <v>247969</v>
+      </c>
+      <c r="B174" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C174" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D174" s="7" t="s">
         <v>688</v>
       </c>
-      <c r="E171" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D172" s="7" t="s">
+      <c r="E174" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A175" s="27">
+        <v>247970</v>
+      </c>
+      <c r="B175" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C175" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D175" s="7" t="s">
         <v>689</v>
       </c>
-      <c r="E172" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D174" s="7" t="s">
+      <c r="E175" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A176" s="27">
+        <v>247973</v>
+      </c>
+      <c r="B176" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C176" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D176" s="7" t="s">
         <v>690</v>
       </c>
-      <c r="E174" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D175" s="7" t="s">
+      <c r="E176" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A177" s="27">
+        <v>247974</v>
+      </c>
+      <c r="B177" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C177" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D177" s="7" t="s">
         <v>691</v>
       </c>
-      <c r="E175" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D176" s="7" t="s">
+      <c r="E177" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A178" s="27">
+        <v>247982</v>
+      </c>
+      <c r="B178" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C178" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D178" s="7" t="s">
         <v>692</v>
       </c>
-      <c r="E176" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D177" s="7" t="s">
+      <c r="E178" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A179" s="27">
+        <v>247984</v>
+      </c>
+      <c r="B179" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C179" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D179" s="7" t="s">
         <v>693</v>
       </c>
-      <c r="E177" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D178" s="7" t="s">
+      <c r="E179" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A180" s="27">
+        <v>247986</v>
+      </c>
+      <c r="B180" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D180" s="7" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E180" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A181" s="27">
+        <v>247991</v>
+      </c>
+      <c r="B181" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C181" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D181" s="7" t="s">
         <v>694</v>
       </c>
-      <c r="E178" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D179" s="7" t="s">
+      <c r="E181" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="30">
+        <v>247994</v>
+      </c>
+      <c r="B182" s="28" t="s">
+        <v>510</v>
+      </c>
+      <c r="C182" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="D182" s="7" t="s">
         <v>695</v>
       </c>
-      <c r="E179" s="47" t="s">
-[...51 lines deleted...]
-        <v>1232</v>
+      <c r="E182" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E182"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <conditionalFormatting sqref="A60:A62">
     <cfRule type="duplicateValues" dxfId="160" priority="33"/>
     <cfRule type="duplicateValues" dxfId="159" priority="34"/>
     <cfRule type="cellIs" dxfId="158" priority="35" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A60:A62">
     <cfRule type="duplicateValues" dxfId="157" priority="31"/>
     <cfRule type="duplicateValues" dxfId="156" priority="32"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A169:A170">
     <cfRule type="duplicateValues" dxfId="155" priority="26"/>
     <cfRule type="duplicateValues" dxfId="154" priority="27"/>
     <cfRule type="cellIs" dxfId="153" priority="28" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
@@ -20803,1421 +20742,1421 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="A171:A182 A63:A77 A3:A51 A80:A82 A84:A130 A54:A58 A141:A143 A145:A168">
     <cfRule type="duplicateValues" dxfId="122" priority="598"/>
     <cfRule type="duplicateValues" dxfId="121" priority="599"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист5"/>
   <dimension ref="A1:E82"/>
   <sheetViews>
     <sheetView topLeftCell="A40" workbookViewId="0">
       <selection activeCell="E51" sqref="E51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" customWidth="1"/>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" customWidth="1"/>
     <col min="4" max="4" width="34" customWidth="1"/>
-    <col min="5" max="5" width="19.28515625" style="45" customWidth="1"/>
+    <col min="5" max="5" width="19.28515625" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="82"/>
-[...2 lines deleted...]
-      <c r="D1" s="82"/>
+      <c r="A1" s="81"/>
+      <c r="B1" s="81"/>
+      <c r="C1" s="81"/>
+      <c r="D1" s="81"/>
     </row>
     <row r="2" spans="1:5" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
+      <c r="A2" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="B2" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="76" t="s">
-        <v>1231</v>
+      <c r="E2" s="75" t="s">
+        <v>1227</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="28">
+      <c r="A3" s="27">
         <v>231781</v>
       </c>
-      <c r="B3" s="29" t="s">
+      <c r="B3" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>697</v>
+      </c>
+      <c r="D3" s="7" t="s">
         <v>698</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="E3" s="45" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="27">
+        <v>231014</v>
+      </c>
+      <c r="B4" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C4" s="7" t="s">
         <v>699</v>
       </c>
-      <c r="D3" s="7" t="s">
+      <c r="D4" s="7" t="s">
         <v>700</v>
       </c>
-      <c r="E3" s="46" t="s">
-[...10 lines deleted...]
-      <c r="C4" s="7" t="s">
+      <c r="E4" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="27">
+        <v>231015</v>
+      </c>
+      <c r="B5" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="D5" s="7" t="s">
         <v>701</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="E5" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="27">
+        <v>231016</v>
+      </c>
+      <c r="B6" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="D6" s="7" t="s">
         <v>702</v>
       </c>
-      <c r="E4" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D5" s="7" t="s">
+      <c r="E6" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="27">
+        <v>231017</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>703</v>
       </c>
-      <c r="E5" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D6" s="7" t="s">
+      <c r="E7" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="27">
+        <v>231018</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="D8" s="7" t="s">
         <v>704</v>
       </c>
-      <c r="E6" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D7" s="7" t="s">
+      <c r="E8" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="27">
+        <v>231005</v>
+      </c>
+      <c r="B9" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="D9" s="7" t="s">
         <v>705</v>
       </c>
-      <c r="E7" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D8" s="7" t="s">
+      <c r="E9" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="27">
+        <v>231001</v>
+      </c>
+      <c r="B10" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="E10" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="27">
+        <v>231022</v>
+      </c>
+      <c r="B11" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E11" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="27">
+        <v>231115</v>
+      </c>
+      <c r="B12" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C12" s="7" t="s">
         <v>706</v>
       </c>
-      <c r="E8" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D9" s="7" t="s">
+      <c r="D12" s="7" t="s">
         <v>707</v>
       </c>
-      <c r="E9" s="47" t="s">
-[...44 lines deleted...]
-      <c r="C12" s="7" t="s">
+      <c r="E12" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="27">
+        <v>231135</v>
+      </c>
+      <c r="B13" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>706</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E13" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="27">
+        <v>231101</v>
+      </c>
+      <c r="B14" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>706</v>
+      </c>
+      <c r="D14" s="7" t="s">
         <v>708</v>
       </c>
-      <c r="D12" s="7" t="s">
+      <c r="E14" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="27">
+        <v>231232</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C15" s="7" t="s">
         <v>709</v>
       </c>
-      <c r="E12" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D14" s="7" t="s">
+      <c r="D15" s="7" t="s">
         <v>710</v>
       </c>
-      <c r="E14" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C15" s="7" t="s">
+      <c r="E15" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="27">
+        <v>231305</v>
+      </c>
+      <c r="B16" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C16" s="7" t="s">
         <v>711</v>
       </c>
-      <c r="D15" s="7" t="s">
+      <c r="D16" s="7" t="s">
         <v>712</v>
       </c>
-      <c r="E15" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C16" s="7" t="s">
+      <c r="E16" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="27">
+        <v>231307</v>
+      </c>
+      <c r="B17" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>413</v>
+      </c>
+      <c r="E17" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="27">
+        <v>231316</v>
+      </c>
+      <c r="B18" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D18" s="7" t="s">
         <v>713</v>
       </c>
-      <c r="D16" s="7" t="s">
+      <c r="E18" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="27">
+        <v>231324</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>714</v>
       </c>
-      <c r="E16" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D18" s="7" t="s">
+      <c r="E19" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="27">
+        <v>231327</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D20" s="7" t="s">
         <v>715</v>
       </c>
-      <c r="E18" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D19" s="7" t="s">
+      <c r="E20" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="27">
+        <v>231328</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D21" s="7" t="s">
         <v>716</v>
       </c>
-      <c r="E19" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D20" s="7" t="s">
+      <c r="E21" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="27">
+        <v>231318</v>
+      </c>
+      <c r="B22" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D22" s="7" t="s">
         <v>717</v>
       </c>
-      <c r="E20" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D21" s="7" t="s">
+      <c r="E22" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="27">
+        <v>231314</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>718</v>
       </c>
-      <c r="E21" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D22" s="7" t="s">
+      <c r="E23" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="27">
+        <v>231302</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D24" s="7" t="s">
         <v>719</v>
       </c>
-      <c r="E22" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D23" s="7" t="s">
+      <c r="E24" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="27">
+        <v>231325</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D25" s="7" t="s">
         <v>720</v>
       </c>
-      <c r="E23" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D24" s="7" t="s">
+      <c r="E25" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="27">
+        <v>231315</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D26" s="7" t="s">
         <v>721</v>
       </c>
-      <c r="E24" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D25" s="7" t="s">
+      <c r="E26" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="27">
+        <v>231311</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>722</v>
       </c>
-      <c r="E25" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D26" s="7" t="s">
+      <c r="E27" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="27">
+        <v>231924</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C28" s="7" t="s">
         <v>723</v>
       </c>
-      <c r="E26" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D27" s="7" t="s">
+      <c r="D28" s="7" t="s">
         <v>724</v>
       </c>
-      <c r="E27" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C28" s="7" t="s">
+      <c r="E28" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="27">
+        <v>231922</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>723</v>
+      </c>
+      <c r="D29" s="7" t="s">
         <v>725</v>
       </c>
-      <c r="D28" s="7" t="s">
+      <c r="E29" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="27">
+        <v>231926</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>723</v>
+      </c>
+      <c r="D30" s="7" t="s">
         <v>726</v>
       </c>
-      <c r="E28" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D29" s="7" t="s">
+      <c r="E30" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="27">
+        <v>231923</v>
+      </c>
+      <c r="B31" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>723</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>727</v>
       </c>
-      <c r="E29" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D30" s="7" t="s">
+      <c r="E31" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="27">
+        <v>231371</v>
+      </c>
+      <c r="B32" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C32" s="7" t="s">
         <v>728</v>
       </c>
-      <c r="E30" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D31" s="7" t="s">
+      <c r="D32" s="7" t="s">
         <v>729</v>
       </c>
-      <c r="E31" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C32" s="7" t="s">
+      <c r="E32" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="27">
+        <v>231383</v>
+      </c>
+      <c r="B33" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>728</v>
+      </c>
+      <c r="D33" s="7" t="s">
         <v>730</v>
       </c>
-      <c r="D32" s="7" t="s">
+      <c r="E33" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="27">
+        <v>231373</v>
+      </c>
+      <c r="B34" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>728</v>
+      </c>
+      <c r="D34" s="7" t="s">
         <v>731</v>
       </c>
-      <c r="E32" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D33" s="7" t="s">
+      <c r="E34" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="27">
+        <v>231392</v>
+      </c>
+      <c r="B35" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C35" s="7" t="s">
         <v>732</v>
       </c>
-      <c r="E33" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D34" s="7" t="s">
+      <c r="D35" s="7" t="s">
         <v>733</v>
       </c>
-      <c r="E34" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C35" s="7" t="s">
+      <c r="E35" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="27">
+        <v>231411</v>
+      </c>
+      <c r="B36" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C36" s="7" t="s">
         <v>734</v>
       </c>
-      <c r="D35" s="7" t="s">
+      <c r="D36" s="7" t="s">
         <v>735</v>
       </c>
-      <c r="E35" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C36" s="7" t="s">
+      <c r="E36" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="27">
+        <v>231414</v>
+      </c>
+      <c r="B37" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>734</v>
+      </c>
+      <c r="D37" s="7" t="s">
         <v>736</v>
       </c>
-      <c r="D36" s="7" t="s">
+      <c r="E37" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="27">
+        <v>231403</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>734</v>
+      </c>
+      <c r="D38" s="9" t="s">
         <v>737</v>
       </c>
-      <c r="E36" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D37" s="7" t="s">
+      <c r="E38" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="27">
+        <v>231435</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C39" s="7" t="s">
         <v>738</v>
       </c>
-      <c r="E37" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D38" s="9" t="s">
+      <c r="D39" s="7" t="s">
         <v>739</v>
       </c>
-      <c r="E38" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C39" s="7" t="s">
+      <c r="E39" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="27">
+        <v>231453</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>738</v>
+      </c>
+      <c r="D40" s="7" t="s">
         <v>740</v>
       </c>
-      <c r="D39" s="7" t="s">
+      <c r="E40" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="27">
+        <v>231467</v>
+      </c>
+      <c r="B41" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C41" s="7" t="s">
         <v>741</v>
       </c>
-      <c r="E39" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D40" s="7" t="s">
+      <c r="D41" s="7" t="s">
         <v>742</v>
       </c>
-      <c r="E40" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C41" s="7" t="s">
+      <c r="E41" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="27">
+        <v>231502</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C42" s="7" t="s">
         <v>743</v>
       </c>
-      <c r="D41" s="7" t="s">
+      <c r="D42" s="7" t="s">
         <v>744</v>
       </c>
-      <c r="E41" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C42" s="7" t="s">
+      <c r="E42" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="27">
+        <v>231503</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>743</v>
+      </c>
+      <c r="D43" s="7" t="s">
         <v>745</v>
       </c>
-      <c r="D42" s="7" t="s">
+      <c r="E43" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="27">
+        <v>231524</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>743</v>
+      </c>
+      <c r="D44" s="7" t="s">
         <v>746</v>
       </c>
-      <c r="E42" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D43" s="7" t="s">
+      <c r="E44" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="27">
+        <v>231605</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C45" s="7" t="s">
         <v>747</v>
       </c>
-      <c r="E43" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D44" s="7" t="s">
+      <c r="D45" s="7" t="s">
         <v>748</v>
       </c>
-      <c r="E44" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C45" s="7" t="s">
+      <c r="E45" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="27">
+        <v>231616</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="D46" s="7" t="s">
         <v>749</v>
       </c>
-      <c r="D45" s="7" t="s">
+      <c r="E46" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="27">
+        <v>231630</v>
+      </c>
+      <c r="B47" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="D47" s="7" t="s">
         <v>750</v>
       </c>
-      <c r="E45" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D46" s="7" t="s">
+      <c r="E47" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="27">
+        <v>231623</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="D48" s="7" t="s">
         <v>751</v>
       </c>
-      <c r="E46" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D47" s="7" t="s">
+      <c r="E48" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="27">
+        <v>231621</v>
+      </c>
+      <c r="B49" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="E49" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="27">
+        <v>231619</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="D50" s="7" t="s">
         <v>752</v>
       </c>
-      <c r="E47" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D48" s="7" t="s">
+      <c r="E50" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="27">
+        <v>231602</v>
+      </c>
+      <c r="B51" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E51" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="27">
+        <v>231702</v>
+      </c>
+      <c r="B52" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C52" s="7" t="s">
         <v>753</v>
       </c>
-      <c r="E48" s="47" t="s">
-[...30 lines deleted...]
-      <c r="D50" s="7" t="s">
+      <c r="D52" s="7" t="s">
         <v>754</v>
       </c>
-      <c r="E50" s="47" t="s">
-[...27 lines deleted...]
-      <c r="C52" s="7" t="s">
+      <c r="E52" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="27">
+        <v>231710</v>
+      </c>
+      <c r="B53" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="D53" s="7" t="s">
         <v>755</v>
       </c>
-      <c r="D52" s="7" t="s">
+      <c r="E53" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="27">
+        <v>231721</v>
+      </c>
+      <c r="B54" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="D54" s="7" t="s">
         <v>756</v>
       </c>
-      <c r="E52" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D53" s="7" t="s">
+      <c r="E54" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="27">
+        <v>231724</v>
+      </c>
+      <c r="B55" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="D55" s="7" t="s">
         <v>757</v>
       </c>
-      <c r="E53" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D54" s="7" t="s">
+      <c r="E55" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="27">
+        <v>231762</v>
+      </c>
+      <c r="B56" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="D56" s="7" t="s">
         <v>758</v>
       </c>
-      <c r="E54" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D55" s="7" t="s">
+      <c r="E56" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="27">
+        <v>231737</v>
+      </c>
+      <c r="B57" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="D57" s="7" t="s">
         <v>759</v>
       </c>
-      <c r="E55" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D56" s="7" t="s">
+      <c r="E57" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="27">
+        <v>231730</v>
+      </c>
+      <c r="B58" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C58" s="11" t="s">
+        <v>753</v>
+      </c>
+      <c r="D58" s="9" t="s">
         <v>760</v>
       </c>
-      <c r="E56" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D57" s="7" t="s">
+      <c r="E58" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="27">
+        <v>231767</v>
+      </c>
+      <c r="B59" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C59" s="11" t="s">
+        <v>753</v>
+      </c>
+      <c r="D59" s="9" t="s">
         <v>761</v>
       </c>
-      <c r="E57" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D58" s="9" t="s">
+      <c r="E59" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="27">
+        <v>231802</v>
+      </c>
+      <c r="B60" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C60" s="7" t="s">
         <v>762</v>
       </c>
-      <c r="E58" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D59" s="9" t="s">
+      <c r="D60" s="7" t="s">
         <v>763</v>
       </c>
-      <c r="E59" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C60" s="7" t="s">
+      <c r="E60" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="27">
+        <v>231804</v>
+      </c>
+      <c r="B61" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="D61" s="7" t="s">
         <v>764</v>
       </c>
-      <c r="D60" s="7" t="s">
+      <c r="E61" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="27">
+        <v>231806</v>
+      </c>
+      <c r="B62" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="D62" s="7" t="s">
         <v>765</v>
       </c>
-      <c r="E60" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D61" s="7" t="s">
+      <c r="E62" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="27">
+        <v>231807</v>
+      </c>
+      <c r="B63" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="D63" s="7" t="s">
         <v>766</v>
       </c>
-      <c r="E61" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D62" s="7" t="s">
+      <c r="E63" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="27">
+        <v>231808</v>
+      </c>
+      <c r="B64" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="D64" s="7" t="s">
         <v>767</v>
       </c>
-      <c r="E62" s="47" t="s">
-[...34 lines deleted...]
-        <v>1232</v>
+      <c r="E64" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A65" s="28">
+      <c r="A65" s="27">
         <v>231811</v>
       </c>
-      <c r="B65" s="29" t="s">
-        <v>698</v>
+      <c r="B65" s="28" t="s">
+        <v>696</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D65" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="E65" s="47" t="s">
-        <v>1232</v>
+      <c r="E65" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A66" s="28">
+      <c r="A66" s="27">
         <v>231813</v>
       </c>
-      <c r="B66" s="29" t="s">
-        <v>698</v>
+      <c r="B66" s="28" t="s">
+        <v>696</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D66" s="7" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>225</v>
+      </c>
+      <c r="E66" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A67" s="28">
+      <c r="A67" s="27">
         <v>231817</v>
       </c>
-      <c r="B67" s="29" t="s">
-        <v>698</v>
+      <c r="B67" s="28" t="s">
+        <v>696</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D67" s="7" t="s">
+        <v>768</v>
+      </c>
+      <c r="E67" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="27">
+        <v>231823</v>
+      </c>
+      <c r="B68" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>769</v>
+      </c>
+      <c r="E68" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="27">
+        <v>231824</v>
+      </c>
+      <c r="B69" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="D69" s="7" t="s">
         <v>770</v>
       </c>
-      <c r="E67" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D68" s="7" t="s">
+      <c r="E69" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="27">
+        <v>231825</v>
+      </c>
+      <c r="B70" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="D70" s="7" t="s">
         <v>771</v>
       </c>
-      <c r="E68" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D69" s="7" t="s">
+      <c r="E70" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="27">
+        <v>231962</v>
+      </c>
+      <c r="B71" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C71" s="7" t="s">
         <v>772</v>
       </c>
-      <c r="E69" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D70" s="7" t="s">
+      <c r="D71" s="7" t="s">
         <v>773</v>
       </c>
-      <c r="E70" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C71" s="7" t="s">
+      <c r="E71" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="27">
+        <v>231963</v>
+      </c>
+      <c r="B72" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D72" s="7" t="s">
         <v>774</v>
       </c>
-      <c r="D71" s="7" t="s">
+      <c r="E72" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="27">
+        <v>231965</v>
+      </c>
+      <c r="B73" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D73" s="7" t="s">
         <v>775</v>
       </c>
-      <c r="E71" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D72" s="7" t="s">
+      <c r="E73" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="27">
+        <v>231970</v>
+      </c>
+      <c r="B74" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D74" s="7" t="s">
         <v>776</v>
       </c>
-      <c r="E72" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D73" s="7" t="s">
+      <c r="E74" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="27">
+        <v>231972</v>
+      </c>
+      <c r="B75" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D75" s="7" t="s">
         <v>777</v>
       </c>
-      <c r="E73" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D74" s="7" t="s">
+      <c r="E75" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="27">
+        <v>231980</v>
+      </c>
+      <c r="B76" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D76" s="7" t="s">
         <v>778</v>
       </c>
-      <c r="E74" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D75" s="7" t="s">
+      <c r="E76" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="27">
+        <v>231985</v>
+      </c>
+      <c r="B77" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D77" s="7" t="s">
         <v>779</v>
       </c>
-      <c r="E75" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D76" s="7" t="s">
+      <c r="E77" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="27">
+        <v>231988</v>
+      </c>
+      <c r="B78" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D78" s="7" t="s">
         <v>780</v>
       </c>
-      <c r="E76" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D77" s="7" t="s">
+      <c r="E78" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="27">
+        <v>231362</v>
+      </c>
+      <c r="B79" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C79" s="7" t="s">
         <v>781</v>
       </c>
-      <c r="E77" s="47" t="s">
-[...13 lines deleted...]
-      <c r="D78" s="7" t="s">
+      <c r="D79" s="7" t="s">
         <v>782</v>
       </c>
-      <c r="E78" s="47" t="s">
-[...10 lines deleted...]
-      <c r="C79" s="7" t="s">
+      <c r="E79" s="46" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="30">
+        <v>231946</v>
+      </c>
+      <c r="B80" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="C80" s="7" t="s">
         <v>783</v>
       </c>
-      <c r="D79" s="7" t="s">
+      <c r="D80" s="7" t="s">
         <v>784</v>
       </c>
-      <c r="E79" s="47" t="s">
-[...17 lines deleted...]
-        <v>1232</v>
+      <c r="E80" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="31">
+      <c r="A81" s="30">
         <v>231456</v>
       </c>
-      <c r="B81" s="29" t="s">
-        <v>698</v>
+      <c r="B81" s="28" t="s">
+        <v>696</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>633</v>
+      </c>
+      <c r="E81" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A82" s="32"/>
+      <c r="A82" s="31"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:E80"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <conditionalFormatting sqref="A3">
     <cfRule type="duplicateValues" dxfId="120" priority="13"/>
     <cfRule type="duplicateValues" dxfId="119" priority="14"/>
     <cfRule type="cellIs" dxfId="118" priority="15" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A3">
     <cfRule type="duplicateValues" dxfId="117" priority="11"/>
     <cfRule type="duplicateValues" dxfId="116" priority="12"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A48:A51">
     <cfRule type="duplicateValues" dxfId="115" priority="8"/>
     <cfRule type="duplicateValues" dxfId="114" priority="9"/>
     <cfRule type="cellIs" dxfId="113" priority="10" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A48:A51">
@@ -22247,7815 +22186,7781 @@
     <cfRule type="duplicateValues" dxfId="101" priority="5"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист6"/>
   <dimension ref="A1:E231"/>
   <sheetViews>
     <sheetView topLeftCell="A211" workbookViewId="0">
       <selection activeCell="E207" sqref="E207"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.85546875" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.140625" customWidth="1"/>
     <col min="5" max="5" width="20.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="82"/>
-[...3 lines deleted...]
-      <c r="E1" s="82"/>
+      <c r="A1" s="81"/>
+      <c r="B1" s="81"/>
+      <c r="C1" s="81"/>
+      <c r="D1" s="81"/>
+      <c r="E1" s="81"/>
     </row>
     <row r="2" spans="1:5" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="33" t="s">
+      <c r="A2" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="B2" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="76" t="s">
+      <c r="E2" s="75" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="53">
+        <v>222011</v>
+      </c>
+      <c r="B3" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D3" s="40" t="s">
+        <v>787</v>
+      </c>
+      <c r="E3" s="58" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="27">
+        <v>222014</v>
+      </c>
+      <c r="B4" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D4" s="40" t="s">
+        <v>788</v>
+      </c>
+      <c r="E4" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="27">
+        <v>222018</v>
+      </c>
+      <c r="B5" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D5" s="40" t="s">
+        <v>789</v>
+      </c>
+      <c r="E5" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="27">
+        <v>222023</v>
+      </c>
+      <c r="B6" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D6" s="40" t="s">
+        <v>790</v>
+      </c>
+      <c r="E6" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="27">
+        <v>222025</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D7" s="40" t="s">
+        <v>348</v>
+      </c>
+      <c r="E7" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="27">
+        <v>222032</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D8" s="40" t="s">
+        <v>791</v>
+      </c>
+      <c r="E8" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="27">
+        <v>222022</v>
+      </c>
+      <c r="B9" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D9" s="40" t="s">
+        <v>792</v>
+      </c>
+      <c r="E9" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="27">
+        <v>222040</v>
+      </c>
+      <c r="B10" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D10" s="40" t="s">
+        <v>793</v>
+      </c>
+      <c r="E10" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="27">
+        <v>222044</v>
+      </c>
+      <c r="B11" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="D11" s="40" t="s">
+        <v>794</v>
+      </c>
+      <c r="E11" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="27">
+        <v>222117</v>
+      </c>
+      <c r="B12" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D12" s="40" t="s">
+        <v>796</v>
+      </c>
+      <c r="E12" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="27">
+        <v>222127</v>
+      </c>
+      <c r="B13" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D13" s="40" t="s">
+        <v>797</v>
+      </c>
+      <c r="E13" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="27">
+        <v>222140</v>
+      </c>
+      <c r="B14" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D14" s="40" t="s">
+        <v>798</v>
+      </c>
+      <c r="E14" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="27">
+        <v>222146</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D15" s="40" t="s">
+        <v>799</v>
+      </c>
+      <c r="E15" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="27">
+        <v>222132</v>
+      </c>
+      <c r="B16" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D16" s="40" t="s">
+        <v>800</v>
+      </c>
+      <c r="E16" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="27">
+        <v>222124</v>
+      </c>
+      <c r="B17" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D17" s="40" t="s">
+        <v>801</v>
+      </c>
+      <c r="E17" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="27">
+        <v>222145</v>
+      </c>
+      <c r="B18" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D18" s="40" t="s">
+        <v>802</v>
+      </c>
+      <c r="E18" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="27">
+        <v>222115</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D19" s="40" t="s">
+        <v>803</v>
+      </c>
+      <c r="E19" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="27">
+        <v>222130</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D20" s="40" t="s">
+        <v>804</v>
+      </c>
+      <c r="E20" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="27">
+        <v>222133</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D21" s="40" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E21" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="27">
+        <v>222136</v>
+      </c>
+      <c r="B22" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D22" s="40" t="s">
         <v>1231</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E3" s="59" t="s">
+      <c r="E22" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="27">
+        <v>222147</v>
+      </c>
+      <c r="B23" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D23" s="40" t="s">
         <v>1232</v>
       </c>
-    </row>
-[...265 lines deleted...]
-      <c r="D19" s="41" t="s">
+      <c r="E23" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="27">
+        <v>222217</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C24" s="7" t="s">
         <v>805</v>
       </c>
-      <c r="E19" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D20" s="41" t="s">
+      <c r="D24" s="40" t="s">
         <v>806</v>
       </c>
-      <c r="E20" s="52" t="s">
-[...61 lines deleted...]
-      <c r="C24" s="7" t="s">
+      <c r="E24" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="27">
+        <v>222221</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D25" s="40" t="s">
         <v>807</v>
       </c>
-      <c r="D24" s="41" t="s">
+      <c r="E25" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="27">
+        <v>222224</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D26" s="40" t="s">
         <v>808</v>
       </c>
-      <c r="E24" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D25" s="41" t="s">
+      <c r="E26" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="27">
+        <v>222226</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D27" s="40" t="s">
         <v>809</v>
       </c>
-      <c r="E25" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D26" s="41" t="s">
+      <c r="E27" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="27">
+        <v>222227</v>
+      </c>
+      <c r="B28" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D28" s="40" t="s">
         <v>810</v>
       </c>
-      <c r="E26" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D27" s="41" t="s">
+      <c r="E28" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="27">
+        <v>222230</v>
+      </c>
+      <c r="B29" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D29" s="40" t="s">
         <v>811</v>
       </c>
-      <c r="E27" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D28" s="41" t="s">
+      <c r="E29" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="27">
+        <v>222223</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D30" s="40" t="s">
         <v>812</v>
       </c>
-      <c r="E28" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D29" s="41" t="s">
+      <c r="E30" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="27">
+        <v>222215</v>
+      </c>
+      <c r="B31" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D31" s="40" t="s">
+        <v>348</v>
+      </c>
+      <c r="E31" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="33">
+        <v>222213</v>
+      </c>
+      <c r="B32" s="34" t="s">
+        <v>785</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>805</v>
+      </c>
+      <c r="D32" s="54" t="s">
         <v>813</v>
       </c>
-      <c r="E29" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D30" s="41" t="s">
+      <c r="E32" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="35">
+        <v>222218</v>
+      </c>
+      <c r="B33" s="36" t="s">
+        <v>785</v>
+      </c>
+      <c r="C33" s="37" t="s">
+        <v>805</v>
+      </c>
+      <c r="D33" s="55" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="38">
+        <v>222671</v>
+      </c>
+      <c r="B34" s="39" t="s">
+        <v>785</v>
+      </c>
+      <c r="C34" s="5" t="s">
         <v>814</v>
       </c>
-      <c r="E30" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D32" s="55" t="s">
+      <c r="D34" s="56" t="s">
         <v>815</v>
       </c>
-      <c r="E32" s="52" t="s">
-[...27 lines deleted...]
-      <c r="C34" s="5" t="s">
+      <c r="E34" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="27">
+        <v>222318</v>
+      </c>
+      <c r="B35" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C35" s="7" t="s">
         <v>816</v>
       </c>
-      <c r="D34" s="57" t="s">
+      <c r="D35" s="40" t="s">
         <v>817</v>
       </c>
-      <c r="E34" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C35" s="7" t="s">
+      <c r="E35" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="27">
+        <v>222330</v>
+      </c>
+      <c r="B36" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="D36" s="40" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="27">
+        <v>222332</v>
+      </c>
+      <c r="B37" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="D37" s="40" t="s">
         <v>818</v>
       </c>
-      <c r="D35" s="41" t="s">
+      <c r="E37" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="27">
+        <v>222335</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="D38" s="40" t="s">
         <v>819</v>
       </c>
-      <c r="E35" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D37" s="41" t="s">
+      <c r="E38" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="27">
+        <v>222336</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="D39" s="40" t="s">
         <v>820</v>
       </c>
-      <c r="E37" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D38" s="41" t="s">
+      <c r="E39" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="27">
+        <v>222337</v>
+      </c>
+      <c r="B40" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="D40" s="40" t="s">
         <v>821</v>
       </c>
-      <c r="E38" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D39" s="41" t="s">
+      <c r="E40" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="27">
+        <v>222339</v>
+      </c>
+      <c r="B41" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="D41" s="40" t="s">
         <v>822</v>
       </c>
-      <c r="E39" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D40" s="41" t="s">
+      <c r="E41" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="27">
+        <v>222315</v>
+      </c>
+      <c r="B42" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C42" s="7" t="s">
         <v>823</v>
       </c>
-      <c r="E40" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D41" s="41" t="s">
+      <c r="D42" s="40" t="s">
         <v>824</v>
       </c>
-      <c r="E41" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C42" s="7" t="s">
+      <c r="E42" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="27">
+        <v>222316</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="D43" s="40" t="s">
         <v>825</v>
       </c>
-      <c r="D42" s="41" t="s">
+      <c r="E43" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="27">
+        <v>222313</v>
+      </c>
+      <c r="B44" s="39" t="s">
+        <v>785</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="D44" s="56" t="s">
         <v>826</v>
       </c>
-      <c r="E42" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D43" s="41" t="s">
+      <c r="E44" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="27">
+        <v>222324</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="D45" s="40" t="s">
         <v>827</v>
       </c>
-      <c r="E43" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D44" s="57" t="s">
+      <c r="E45" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="27">
+        <v>222323</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="D46" s="40" t="s">
         <v>828</v>
       </c>
-      <c r="E44" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D45" s="41" t="s">
+      <c r="E46" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="27">
+        <v>223320</v>
+      </c>
+      <c r="B47" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C47" s="7" t="s">
         <v>829</v>
       </c>
-      <c r="E45" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D46" s="41" t="s">
+      <c r="D47" s="40" t="s">
         <v>830</v>
       </c>
-      <c r="E46" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C47" s="7" t="s">
+      <c r="E47" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="27">
+        <v>223331</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="D48" s="40" t="s">
         <v>831</v>
       </c>
-      <c r="D47" s="41" t="s">
+      <c r="E48" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="27">
+        <v>223317</v>
+      </c>
+      <c r="B49" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="D49" s="40" t="s">
         <v>832</v>
       </c>
-      <c r="E47" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D48" s="41" t="s">
+      <c r="E49" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="27">
+        <v>223334</v>
+      </c>
+      <c r="B50" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="D50" s="40" t="s">
         <v>833</v>
       </c>
-      <c r="E48" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D49" s="41" t="s">
+      <c r="E50" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="27">
+        <v>223321</v>
+      </c>
+      <c r="B51" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="D51" s="40" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E51" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="27">
+        <v>223336</v>
+      </c>
+      <c r="B52" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="D52" s="40" t="s">
         <v>834</v>
       </c>
-      <c r="E49" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D50" s="41" t="s">
+      <c r="E52" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="27">
+        <v>223337</v>
+      </c>
+      <c r="B53" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="D53" s="40" t="s">
         <v>835</v>
       </c>
-      <c r="E50" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D52" s="41" t="s">
+      <c r="E53" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="27">
+        <v>222341</v>
+      </c>
+      <c r="B54" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C54" s="7" t="s">
         <v>836</v>
       </c>
-      <c r="E52" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D53" s="41" t="s">
+      <c r="D54" s="40" t="s">
         <v>837</v>
       </c>
-      <c r="E53" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C54" s="7" t="s">
+      <c r="E54" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="27">
+        <v>222342</v>
+      </c>
+      <c r="B55" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D55" s="40" t="s">
         <v>838</v>
       </c>
-      <c r="D54" s="41" t="s">
+      <c r="E55" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="27">
+        <v>222345</v>
+      </c>
+      <c r="B56" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D56" s="40" t="s">
         <v>839</v>
       </c>
-      <c r="E54" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D55" s="41" t="s">
+      <c r="E56" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="27">
+        <v>222351</v>
+      </c>
+      <c r="B57" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D57" s="40" t="s">
         <v>840</v>
       </c>
-      <c r="E55" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D56" s="41" t="s">
+      <c r="E57" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="27">
+        <v>222352</v>
+      </c>
+      <c r="B58" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D58" s="40" t="s">
         <v>841</v>
       </c>
-      <c r="E56" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D57" s="41" t="s">
+      <c r="E58" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="27">
+        <v>222360</v>
+      </c>
+      <c r="B59" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D59" s="40" t="s">
         <v>842</v>
       </c>
-      <c r="E57" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D58" s="41" t="s">
+      <c r="E59" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="27">
+        <v>222369</v>
+      </c>
+      <c r="B60" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D60" s="40" t="s">
         <v>843</v>
       </c>
-      <c r="E58" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D59" s="41" t="s">
+      <c r="E60" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="27">
+        <v>222361</v>
+      </c>
+      <c r="B61" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D61" s="40" t="s">
         <v>844</v>
       </c>
-      <c r="E59" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D60" s="41" t="s">
+      <c r="E61" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="27">
+        <v>222362</v>
+      </c>
+      <c r="B62" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D62" s="40" t="s">
         <v>845</v>
       </c>
-      <c r="E60" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D61" s="41" t="s">
+      <c r="E62" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="27">
+        <v>222344</v>
+      </c>
+      <c r="B63" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D63" s="40" t="s">
         <v>846</v>
       </c>
-      <c r="E61" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D62" s="41" t="s">
+      <c r="E63" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="27">
+        <v>222343</v>
+      </c>
+      <c r="B64" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="D64" s="40" t="s">
+        <v>705</v>
+      </c>
+      <c r="E64" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="27">
+        <v>222354</v>
+      </c>
+      <c r="B65" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>836</v>
+      </c>
+      <c r="D65" s="57" t="s">
         <v>847</v>
       </c>
-      <c r="E62" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D63" s="41" t="s">
+      <c r="E65" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="27">
+        <v>222375</v>
+      </c>
+      <c r="B66" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C66" s="7" t="s">
         <v>848</v>
       </c>
-      <c r="E63" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D65" s="58" t="s">
+      <c r="D66" s="40" t="s">
         <v>849</v>
       </c>
-      <c r="E65" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C66" s="7" t="s">
+      <c r="E66" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="27">
+        <v>222388</v>
+      </c>
+      <c r="B67" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="D67" s="40" t="s">
         <v>850</v>
       </c>
-      <c r="D66" s="41" t="s">
+      <c r="E67" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="27">
+        <v>222384</v>
+      </c>
+      <c r="B68" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="D68" s="40" t="s">
         <v>851</v>
       </c>
-      <c r="E66" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D67" s="41" t="s">
+      <c r="E68" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="27">
+        <v>222393</v>
+      </c>
+      <c r="B69" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="D69" s="40" t="s">
         <v>852</v>
       </c>
-      <c r="E67" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D68" s="41" t="s">
+      <c r="E69" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="27">
+        <v>222377</v>
+      </c>
+      <c r="B70" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="D70" s="40" t="s">
         <v>853</v>
       </c>
-      <c r="E68" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D69" s="41" t="s">
+      <c r="E70" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="27">
+        <v>222392</v>
+      </c>
+      <c r="B71" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="D71" s="40" t="s">
+        <v>348</v>
+      </c>
+      <c r="E71" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="27">
+        <v>222374</v>
+      </c>
+      <c r="B72" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="D72" s="40" t="s">
         <v>854</v>
       </c>
-      <c r="E69" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D70" s="41" t="s">
+      <c r="E72" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="27">
+        <v>222435</v>
+      </c>
+      <c r="B73" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C73" s="7" t="s">
         <v>855</v>
       </c>
-      <c r="E70" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D72" s="41" t="s">
+      <c r="D73" s="40" t="s">
         <v>856</v>
       </c>
-      <c r="E72" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C73" s="7" t="s">
+      <c r="E73" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="27">
+        <v>222442</v>
+      </c>
+      <c r="B74" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D74" s="40" t="s">
         <v>857</v>
       </c>
-      <c r="D73" s="41" t="s">
+      <c r="E74" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="27">
+        <v>222454</v>
+      </c>
+      <c r="B75" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D75" s="40" t="s">
         <v>858</v>
       </c>
-      <c r="E73" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D74" s="41" t="s">
+      <c r="E75" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="27">
+        <v>222455</v>
+      </c>
+      <c r="B76" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D76" s="40" t="s">
         <v>859</v>
       </c>
-      <c r="E74" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D75" s="41" t="s">
+      <c r="E76" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="27">
+        <v>222459</v>
+      </c>
+      <c r="B77" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D77" s="40" t="s">
         <v>860</v>
       </c>
-      <c r="E75" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D76" s="41" t="s">
+      <c r="E77" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="27">
+        <v>222415</v>
+      </c>
+      <c r="B78" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D78" s="40" t="s">
         <v>861</v>
       </c>
-      <c r="E76" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D77" s="41" t="s">
+      <c r="E78" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="27">
+        <v>222449</v>
+      </c>
+      <c r="B79" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D79" s="40" t="s">
         <v>862</v>
       </c>
-      <c r="E77" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D78" s="41" t="s">
+      <c r="E79" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="27">
+        <v>222451</v>
+      </c>
+      <c r="B80" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D80" s="40" t="s">
+        <v>160</v>
+      </c>
+      <c r="E80" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="27">
+        <v>222462</v>
+      </c>
+      <c r="B81" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D81" s="40" t="s">
         <v>863</v>
       </c>
-      <c r="E78" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D79" s="41" t="s">
+      <c r="E81" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="27">
+        <v>222418</v>
+      </c>
+      <c r="B82" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D82" s="40" t="s">
         <v>864</v>
       </c>
-      <c r="E79" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D81" s="41" t="s">
+      <c r="E82" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="27">
+        <v>222445</v>
+      </c>
+      <c r="B83" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="D83" s="40" t="s">
         <v>865</v>
       </c>
-      <c r="E81" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D82" s="41" t="s">
+      <c r="E83" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="27">
+        <v>222612</v>
+      </c>
+      <c r="B84" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C84" s="7" t="s">
         <v>866</v>
       </c>
-      <c r="E82" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D83" s="41" t="s">
+      <c r="D84" s="40" t="s">
         <v>867</v>
       </c>
-      <c r="E83" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C84" s="7" t="s">
+      <c r="E84" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="27">
+        <v>222617</v>
+      </c>
+      <c r="B85" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="D85" s="40" t="s">
         <v>868</v>
       </c>
-      <c r="D84" s="41" t="s">
+      <c r="E85" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="27">
+        <v>222626</v>
+      </c>
+      <c r="B86" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="D86" s="40" t="s">
         <v>869</v>
       </c>
-      <c r="E84" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D85" s="41" t="s">
+      <c r="E86" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="27">
+        <v>222631</v>
+      </c>
+      <c r="B87" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="D87" s="40" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E87" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="27">
+        <v>222621</v>
+      </c>
+      <c r="B88" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="D88" s="40" t="s">
         <v>870</v>
       </c>
-      <c r="E85" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D86" s="41" t="s">
+      <c r="E88" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="27">
+        <v>222601</v>
+      </c>
+      <c r="B89" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="D89" s="40" t="s">
         <v>871</v>
       </c>
-      <c r="E86" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D88" s="41" t="s">
+      <c r="E89" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="27">
+        <v>222535</v>
+      </c>
+      <c r="B90" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C90" s="7" t="s">
         <v>872</v>
       </c>
-      <c r="E88" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D89" s="41" t="s">
+      <c r="D90" s="40" t="s">
         <v>873</v>
       </c>
-      <c r="E89" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C90" s="7" t="s">
+      <c r="E90" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="27">
+        <v>222655</v>
+      </c>
+      <c r="B91" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="D91" s="40" t="s">
         <v>874</v>
       </c>
-      <c r="D90" s="41" t="s">
+      <c r="E91" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="27">
+        <v>222659</v>
+      </c>
+      <c r="B92" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="D92" s="40" t="s">
+        <v>390</v>
+      </c>
+      <c r="E92" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="27">
+        <v>222644</v>
+      </c>
+      <c r="B93" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="D93" s="40" t="s">
         <v>875</v>
       </c>
-      <c r="E90" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D91" s="41" t="s">
+      <c r="E93" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="27">
+        <v>222650</v>
+      </c>
+      <c r="B94" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="D94" s="40" t="s">
         <v>876</v>
       </c>
-      <c r="E91" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D93" s="41" t="s">
+      <c r="E94" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="27">
+        <v>222658</v>
+      </c>
+      <c r="B95" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="D95" s="40" t="s">
+        <v>361</v>
+      </c>
+      <c r="E95" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="27">
+        <v>222645</v>
+      </c>
+      <c r="B96" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="D96" s="40" t="s">
         <v>877</v>
       </c>
-      <c r="E93" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D94" s="41" t="s">
+      <c r="E96" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="27">
+        <v>222652</v>
+      </c>
+      <c r="B97" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="D97" s="40" t="s">
         <v>878</v>
       </c>
-      <c r="E94" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D96" s="41" t="s">
+      <c r="E97" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="27">
+        <v>222664</v>
+      </c>
+      <c r="B98" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="D98" s="40" t="s">
         <v>879</v>
       </c>
-      <c r="E96" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D97" s="41" t="s">
+      <c r="E98" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="27">
+        <v>222683</v>
+      </c>
+      <c r="B99" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="D99" s="40" t="s">
         <v>880</v>
       </c>
-      <c r="E97" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D98" s="41" t="s">
+      <c r="E99" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="27">
+        <v>222694</v>
+      </c>
+      <c r="B100" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="D100" s="40" t="s">
         <v>881</v>
       </c>
-      <c r="E98" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D99" s="41" t="s">
+      <c r="E100" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A101" s="27">
+        <v>222700</v>
+      </c>
+      <c r="B101" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="D101" s="40" t="s">
         <v>882</v>
       </c>
-      <c r="E99" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D100" s="41" t="s">
+      <c r="E101" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="27">
+        <v>222695</v>
+      </c>
+      <c r="B102" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="D102" s="40" t="s">
         <v>883</v>
       </c>
-      <c r="E100" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D101" s="41" t="s">
+      <c r="E102" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A103" s="27">
+        <v>222698</v>
+      </c>
+      <c r="B103" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C103" s="9" t="s">
+        <v>814</v>
+      </c>
+      <c r="D103" s="57" t="s">
         <v>884</v>
       </c>
-      <c r="E101" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D102" s="41" t="s">
+      <c r="E103" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="27">
+        <v>222696</v>
+      </c>
+      <c r="B104" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C104" s="9" t="s">
+        <v>814</v>
+      </c>
+      <c r="D104" s="57" t="s">
         <v>885</v>
       </c>
-      <c r="E102" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D103" s="58" t="s">
+      <c r="E104" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="27">
+        <v>222663</v>
+      </c>
+      <c r="B105" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="D105" s="40" t="s">
         <v>886</v>
       </c>
-      <c r="E103" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D104" s="58" t="s">
+      <c r="E105" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="27">
+        <v>222721</v>
+      </c>
+      <c r="B106" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C106" s="7" t="s">
         <v>887</v>
       </c>
-      <c r="E104" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D105" s="41" t="s">
+      <c r="D106" s="40" t="s">
+        <v>413</v>
+      </c>
+      <c r="E106" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="27">
+        <v>222722</v>
+      </c>
+      <c r="B107" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="D107" s="40" t="s">
         <v>888</v>
       </c>
-      <c r="E105" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C106" s="7" t="s">
+      <c r="E107" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="27">
+        <v>222734</v>
+      </c>
+      <c r="B108" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="D108" s="40" t="s">
         <v>889</v>
       </c>
-      <c r="D106" s="41" t="s">
-[...16 lines deleted...]
-      <c r="D107" s="41" t="s">
+      <c r="E108" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="27">
+        <v>222735</v>
+      </c>
+      <c r="B109" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="D109" s="40" t="s">
+        <v>667</v>
+      </c>
+      <c r="E109" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="27">
+        <v>222742</v>
+      </c>
+      <c r="B110" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="D110" s="40" t="s">
         <v>890</v>
       </c>
-      <c r="E107" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D108" s="41" t="s">
+      <c r="E110" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="27">
+        <v>222743</v>
+      </c>
+      <c r="B111" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="D111" s="40" t="s">
         <v>891</v>
       </c>
-      <c r="E108" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D110" s="41" t="s">
+      <c r="E111" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="27">
+        <v>222733</v>
+      </c>
+      <c r="B112" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="D112" s="40" t="s">
         <v>892</v>
       </c>
-      <c r="E110" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D111" s="41" t="s">
+      <c r="E112" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="27">
+        <v>222697</v>
+      </c>
+      <c r="B113" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="D113" s="40" t="s">
         <v>893</v>
       </c>
-      <c r="E111" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D112" s="41" t="s">
+      <c r="E113" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="27">
+        <v>222813</v>
+      </c>
+      <c r="B114" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C114" s="7" t="s">
         <v>894</v>
       </c>
-      <c r="E112" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D113" s="41" t="s">
+      <c r="D114" s="40" t="s">
         <v>895</v>
       </c>
-      <c r="E113" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C114" s="7" t="s">
+      <c r="E114" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A115" s="27">
+        <v>222815</v>
+      </c>
+      <c r="B115" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D115" s="40" t="s">
         <v>896</v>
       </c>
-      <c r="D114" s="41" t="s">
+      <c r="E115" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A116" s="27">
+        <v>222816</v>
+      </c>
+      <c r="B116" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D116" s="40" t="s">
         <v>897</v>
       </c>
-      <c r="E114" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D115" s="41" t="s">
+      <c r="E116" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="27">
+        <v>222821</v>
+      </c>
+      <c r="B117" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D117" s="40" t="s">
         <v>898</v>
       </c>
-      <c r="E115" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D116" s="41" t="s">
+      <c r="E117" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A118" s="27">
+        <v>222824</v>
+      </c>
+      <c r="B118" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D118" s="40" t="s">
         <v>899</v>
       </c>
-      <c r="E116" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D117" s="41" t="s">
+      <c r="E118" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="27">
+        <v>222825</v>
+      </c>
+      <c r="B119" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D119" s="40" t="s">
         <v>900</v>
       </c>
-      <c r="E117" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D118" s="41" t="s">
+      <c r="E119" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="27">
+        <v>222828</v>
+      </c>
+      <c r="B120" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D120" s="40" t="s">
         <v>901</v>
       </c>
-      <c r="E118" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D119" s="41" t="s">
+      <c r="E120" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="27">
+        <v>222836</v>
+      </c>
+      <c r="B121" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D121" s="40" t="s">
         <v>902</v>
       </c>
-      <c r="E119" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D120" s="41" t="s">
+      <c r="E121" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="27">
+        <v>222842</v>
+      </c>
+      <c r="B122" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D122" s="40" t="s">
         <v>903</v>
       </c>
-      <c r="E120" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D121" s="41" t="s">
+      <c r="E122" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="27">
+        <v>222843</v>
+      </c>
+      <c r="B123" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D123" s="40" t="s">
         <v>904</v>
       </c>
-      <c r="E121" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D122" s="41" t="s">
+      <c r="E123" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A124" s="27">
+        <v>222845</v>
+      </c>
+      <c r="B124" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D124" s="40" t="s">
         <v>905</v>
       </c>
-      <c r="E122" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D123" s="41" t="s">
+      <c r="E124" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A125" s="27">
+        <v>222841</v>
+      </c>
+      <c r="B125" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D125" s="40" t="s">
         <v>906</v>
       </c>
-      <c r="E123" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D124" s="41" t="s">
+      <c r="E125" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="27">
+        <v>222837</v>
+      </c>
+      <c r="B126" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D126" s="40" t="s">
         <v>907</v>
       </c>
-      <c r="E124" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D125" s="41" t="s">
+      <c r="E126" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="27">
+        <v>222831</v>
+      </c>
+      <c r="B127" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D127" s="40" t="s">
         <v>908</v>
       </c>
-      <c r="E125" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D126" s="41" t="s">
+      <c r="E127" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A128" s="27">
+        <v>222818</v>
+      </c>
+      <c r="B128" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="D128" s="40" t="s">
         <v>909</v>
       </c>
-      <c r="E126" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D127" s="41" t="s">
+      <c r="E128" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A129" s="27">
+        <v>223024</v>
+      </c>
+      <c r="B129" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C129" s="7" t="s">
         <v>910</v>
       </c>
-      <c r="E127" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D128" s="41" t="s">
+      <c r="D129" s="40" t="s">
         <v>911</v>
       </c>
-      <c r="E128" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C129" s="7" t="s">
+      <c r="E129" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A130" s="27">
+        <v>223027</v>
+      </c>
+      <c r="B130" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D130" s="40" t="s">
         <v>912</v>
       </c>
-      <c r="D129" s="41" t="s">
+      <c r="E130" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A131" s="27">
+        <v>223044</v>
+      </c>
+      <c r="B131" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D131" s="40" t="s">
         <v>913</v>
       </c>
-      <c r="E129" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D130" s="41" t="s">
+      <c r="E131" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="27">
+        <v>223047</v>
+      </c>
+      <c r="B132" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D132" s="40" t="s">
         <v>914</v>
       </c>
-      <c r="E130" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D131" s="41" t="s">
+      <c r="E132" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="27">
+        <v>223064</v>
+      </c>
+      <c r="B133" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D133" s="40" t="s">
+        <v>363</v>
+      </c>
+      <c r="E133" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="27">
+        <v>223066</v>
+      </c>
+      <c r="B134" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D134" s="40" t="s">
         <v>915</v>
       </c>
-      <c r="E131" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D132" s="41" t="s">
+      <c r="E134" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="27">
+        <v>223048</v>
+      </c>
+      <c r="B135" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D135" s="40" t="s">
         <v>916</v>
       </c>
-      <c r="E132" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D134" s="41" t="s">
+      <c r="E135" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="27">
+        <v>223039</v>
+      </c>
+      <c r="B136" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D136" s="40" t="s">
         <v>917</v>
       </c>
-      <c r="E134" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D135" s="41" t="s">
+      <c r="E136" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="27">
+        <v>223014</v>
+      </c>
+      <c r="B137" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D137" s="40" t="s">
         <v>918</v>
       </c>
-      <c r="E135" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D136" s="41" t="s">
+      <c r="E137" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="27">
+        <v>223043</v>
+      </c>
+      <c r="B138" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D138" s="40" t="s">
         <v>919</v>
       </c>
-      <c r="E136" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D137" s="41" t="s">
+      <c r="E138" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="27">
+        <v>223030</v>
+      </c>
+      <c r="B139" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D139" s="40" t="s">
         <v>920</v>
       </c>
-      <c r="E137" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D138" s="41" t="s">
+      <c r="E139" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="27">
+        <v>223037</v>
+      </c>
+      <c r="B140" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D140" s="40" t="s">
         <v>921</v>
       </c>
-      <c r="E138" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D139" s="41" t="s">
+      <c r="E140" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="27">
+        <v>223049</v>
+      </c>
+      <c r="B141" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C141" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D141" s="40" t="s">
         <v>922</v>
       </c>
-      <c r="E139" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D140" s="41" t="s">
+      <c r="E141" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A142" s="27">
+        <v>223011</v>
+      </c>
+      <c r="B142" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D142" s="40" t="s">
         <v>923</v>
       </c>
-      <c r="E140" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D141" s="41" t="s">
+      <c r="E142" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="27">
+        <v>223063</v>
+      </c>
+      <c r="B143" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D143" s="40" t="s">
         <v>924</v>
       </c>
-      <c r="E141" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D142" s="41" t="s">
+      <c r="E143" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A144" s="27">
+        <v>223016</v>
+      </c>
+      <c r="B144" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C144" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D144" s="40" t="s">
         <v>925</v>
       </c>
-      <c r="E142" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D143" s="41" t="s">
+      <c r="E144" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A145" s="27">
+        <v>223111</v>
+      </c>
+      <c r="B145" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C145" s="7" t="s">
         <v>926</v>
       </c>
-      <c r="E143" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D144" s="41" t="s">
+      <c r="D145" s="40" t="s">
         <v>927</v>
       </c>
-      <c r="E144" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C145" s="7" t="s">
+      <c r="E145" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A146" s="27">
+        <v>223120</v>
+      </c>
+      <c r="B146" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D146" s="40" t="s">
         <v>928</v>
       </c>
-      <c r="D145" s="41" t="s">
+      <c r="E146" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A147" s="27">
+        <v>223125</v>
+      </c>
+      <c r="B147" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D147" s="40" t="s">
         <v>929</v>
       </c>
-      <c r="E145" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D146" s="41" t="s">
+      <c r="E147" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A148" s="27">
+        <v>223132</v>
+      </c>
+      <c r="B148" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D148" s="40" t="s">
         <v>930</v>
       </c>
-      <c r="E146" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D147" s="41" t="s">
+      <c r="E148" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A149" s="27">
+        <v>223135</v>
+      </c>
+      <c r="B149" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C149" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D149" s="40" t="s">
+        <v>808</v>
+      </c>
+      <c r="E149" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A150" s="27">
+        <v>223143</v>
+      </c>
+      <c r="B150" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C150" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D150" s="40" t="s">
         <v>931</v>
       </c>
-      <c r="E147" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D148" s="41" t="s">
+      <c r="E150" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="27">
+        <v>223144</v>
+      </c>
+      <c r="B151" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D151" s="40" t="s">
         <v>932</v>
       </c>
-      <c r="E148" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D150" s="41" t="s">
+      <c r="E151" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A152" s="27">
+        <v>223140</v>
+      </c>
+      <c r="B152" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D152" s="40" t="s">
         <v>933</v>
       </c>
-      <c r="E150" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D151" s="41" t="s">
+      <c r="E152" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A153" s="27">
+        <v>223121</v>
+      </c>
+      <c r="B153" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="D153" s="40" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E153" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A154" s="27">
+        <v>223213</v>
+      </c>
+      <c r="B154" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C154" s="7" t="s">
         <v>934</v>
       </c>
-      <c r="E151" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D152" s="41" t="s">
+      <c r="D154" s="40" t="s">
         <v>935</v>
       </c>
-      <c r="E152" s="52" t="s">
-[...27 lines deleted...]
-      <c r="C154" s="7" t="s">
+      <c r="E154" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A155" s="27">
+        <v>223217</v>
+      </c>
+      <c r="B155" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C155" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D155" s="40" t="s">
         <v>936</v>
       </c>
-      <c r="D154" s="41" t="s">
+      <c r="E155" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A156" s="27">
+        <v>223222</v>
+      </c>
+      <c r="B156" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D156" s="40" t="s">
         <v>937</v>
       </c>
-      <c r="E154" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D155" s="41" t="s">
+      <c r="E156" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A157" s="27">
+        <v>223224</v>
+      </c>
+      <c r="B157" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D157" s="40" t="s">
         <v>938</v>
       </c>
-      <c r="E155" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D156" s="41" t="s">
+      <c r="E157" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A158" s="27">
+        <v>223227</v>
+      </c>
+      <c r="B158" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D158" s="40" t="s">
         <v>939</v>
       </c>
-      <c r="E156" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D157" s="41" t="s">
+      <c r="E158" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A159" s="27">
+        <v>223230</v>
+      </c>
+      <c r="B159" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C159" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D159" s="40" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E159" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A160" s="27">
+        <v>223233</v>
+      </c>
+      <c r="B160" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D160" s="40" t="s">
         <v>940</v>
       </c>
-      <c r="E157" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D158" s="41" t="s">
+      <c r="E160" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A161" s="27">
+        <v>223235</v>
+      </c>
+      <c r="B161" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C161" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D161" s="40" t="s">
         <v>941</v>
       </c>
-      <c r="E158" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D160" s="41" t="s">
+      <c r="E161" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A162" s="27">
+        <v>223237</v>
+      </c>
+      <c r="B162" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C162" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D162" s="40" t="s">
         <v>942</v>
       </c>
-      <c r="E160" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D161" s="41" t="s">
+      <c r="E162" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A163" s="27">
+        <v>223223</v>
+      </c>
+      <c r="B163" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D163" s="40" t="s">
         <v>943</v>
       </c>
-      <c r="E161" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D162" s="41" t="s">
+      <c r="E163" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A164" s="27">
+        <v>223221</v>
+      </c>
+      <c r="B164" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C164" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="D164" s="40" t="s">
+        <v>88</v>
+      </c>
+      <c r="E164" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A165" s="27">
+        <v>223614</v>
+      </c>
+      <c r="B165" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C165" s="7" t="s">
         <v>944</v>
       </c>
-      <c r="E162" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D163" s="41" t="s">
+      <c r="D165" s="40" t="s">
         <v>945</v>
       </c>
-      <c r="E163" s="52" t="s">
-[...27 lines deleted...]
-      <c r="C165" s="7" t="s">
+      <c r="E165" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A166" s="27">
+        <v>223621</v>
+      </c>
+      <c r="B166" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D166" s="40" t="s">
         <v>946</v>
       </c>
-      <c r="D165" s="41" t="s">
+      <c r="E166" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A167" s="27">
+        <v>223623</v>
+      </c>
+      <c r="B167" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C167" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D167" s="40" t="s">
+        <v>526</v>
+      </c>
+      <c r="E167" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A168" s="27">
+        <v>223628</v>
+      </c>
+      <c r="B168" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C168" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D168" s="40" t="s">
+        <v>111</v>
+      </c>
+      <c r="E168" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A169" s="27">
+        <v>223635</v>
+      </c>
+      <c r="B169" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C169" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D169" s="40" t="s">
         <v>947</v>
       </c>
-      <c r="E165" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D166" s="41" t="s">
+      <c r="E169" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A170" s="27">
+        <v>223638</v>
+      </c>
+      <c r="B170" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C170" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D170" s="40" t="s">
         <v>948</v>
       </c>
-      <c r="E166" s="52" t="s">
-[...47 lines deleted...]
-      <c r="D169" s="41" t="s">
+      <c r="E170" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A171" s="27">
+        <v>223649</v>
+      </c>
+      <c r="B171" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C171" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D171" s="40" t="s">
+        <v>630</v>
+      </c>
+      <c r="E171" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A172" s="27">
+        <v>223627</v>
+      </c>
+      <c r="B172" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D172" s="40" t="s">
         <v>949</v>
       </c>
-      <c r="E169" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D170" s="41" t="s">
+      <c r="E172" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A173" s="27">
+        <v>223620</v>
+      </c>
+      <c r="B173" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C173" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D173" s="40" t="s">
         <v>950</v>
       </c>
-      <c r="E170" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D172" s="41" t="s">
+      <c r="E173" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A174" s="27">
+        <v>223640</v>
+      </c>
+      <c r="B174" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C174" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D174" s="40" t="s">
+        <v>84</v>
+      </c>
+      <c r="E174" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A175" s="27">
+        <v>223611</v>
+      </c>
+      <c r="B175" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C175" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D175" s="40" t="s">
         <v>951</v>
       </c>
-      <c r="E172" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D173" s="41" t="s">
+      <c r="E175" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A176" s="27">
+        <v>223641</v>
+      </c>
+      <c r="B176" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C176" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D176" s="40" t="s">
         <v>952</v>
       </c>
-      <c r="E173" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D175" s="41" t="s">
+      <c r="E176" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A177" s="27">
+        <v>223619</v>
+      </c>
+      <c r="B177" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C177" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D177" s="40" t="s">
         <v>953</v>
       </c>
-      <c r="E175" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D176" s="41" t="s">
+      <c r="E177" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A178" s="27">
+        <v>223625</v>
+      </c>
+      <c r="B178" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C178" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="D178" s="40" t="s">
         <v>954</v>
       </c>
-      <c r="E176" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D177" s="41" t="s">
+      <c r="E178" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A179" s="27">
+        <v>223716</v>
+      </c>
+      <c r="B179" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C179" s="7" t="s">
         <v>955</v>
       </c>
-      <c r="E177" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D178" s="41" t="s">
+      <c r="D179" s="40" t="s">
         <v>956</v>
       </c>
-      <c r="E178" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C179" s="7" t="s">
+      <c r="E179" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A180" s="27">
+        <v>223717</v>
+      </c>
+      <c r="B180" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D180" s="40" t="s">
         <v>957</v>
       </c>
-      <c r="D179" s="41" t="s">
+      <c r="E180" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A181" s="27">
+        <v>223720</v>
+      </c>
+      <c r="B181" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C181" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D181" s="40" t="s">
         <v>958</v>
       </c>
-      <c r="E179" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D180" s="41" t="s">
+      <c r="E181" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A182" s="27">
+        <v>223722</v>
+      </c>
+      <c r="B182" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C182" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D182" s="40" t="s">
+        <v>243</v>
+      </c>
+      <c r="E182" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A183" s="27">
+        <v>223732</v>
+      </c>
+      <c r="B183" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C183" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D183" s="40" t="s">
         <v>959</v>
       </c>
-      <c r="E180" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D181" s="41" t="s">
+      <c r="E183" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A184" s="27">
+        <v>223733</v>
+      </c>
+      <c r="B184" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C184" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D184" s="40" t="s">
         <v>960</v>
       </c>
-      <c r="E181" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D183" s="41" t="s">
+      <c r="E184" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A185" s="27">
+        <v>223741</v>
+      </c>
+      <c r="B185" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C185" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D185" s="40" t="s">
         <v>961</v>
       </c>
-      <c r="E183" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D184" s="41" t="s">
+      <c r="E185" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A186" s="27">
+        <v>223715</v>
+      </c>
+      <c r="B186" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C186" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D186" s="40" t="s">
         <v>962</v>
       </c>
-      <c r="E184" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D185" s="41" t="s">
+      <c r="E186" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A187" s="27">
+        <v>223738</v>
+      </c>
+      <c r="B187" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C187" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D187" s="40" t="s">
         <v>963</v>
       </c>
-      <c r="E185" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D186" s="41" t="s">
+      <c r="E187" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A188" s="27">
+        <v>223734</v>
+      </c>
+      <c r="B188" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C188" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D188" s="40" t="s">
         <v>964</v>
       </c>
-      <c r="E186" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D187" s="41" t="s">
+      <c r="E188" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A189" s="27">
+        <v>223725</v>
+      </c>
+      <c r="B189" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C189" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D189" s="40" t="s">
         <v>965</v>
       </c>
-      <c r="E187" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D188" s="41" t="s">
+      <c r="E189" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A190" s="27">
+        <v>223721</v>
+      </c>
+      <c r="B190" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C190" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D190" s="40" t="s">
         <v>966</v>
       </c>
-      <c r="E188" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D189" s="41" t="s">
+      <c r="E190" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A191" s="27">
+        <v>223729</v>
+      </c>
+      <c r="B191" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C191" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D191" s="40" t="s">
         <v>967</v>
       </c>
-      <c r="E189" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D190" s="41" t="s">
+      <c r="E191" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A192" s="27">
+        <v>223735</v>
+      </c>
+      <c r="B192" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C192" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D192" s="40" t="s">
         <v>968</v>
       </c>
-      <c r="E190" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D191" s="41" t="s">
+      <c r="E192" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A193" s="27">
+        <v>223739</v>
+      </c>
+      <c r="B193" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C193" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D193" s="40" t="s">
         <v>969</v>
       </c>
-      <c r="E191" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D192" s="41" t="s">
+      <c r="E193" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A194" s="27">
+        <v>223815</v>
+      </c>
+      <c r="B194" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C194" s="7" t="s">
         <v>970</v>
       </c>
-      <c r="E192" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D193" s="41" t="s">
+      <c r="D194" s="40" t="s">
         <v>971</v>
       </c>
-      <c r="E193" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C194" s="7" t="s">
+      <c r="E194" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A195" s="27">
+        <v>223817</v>
+      </c>
+      <c r="B195" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C195" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D195" s="40" t="s">
         <v>972</v>
       </c>
-      <c r="D194" s="41" t="s">
+      <c r="E195" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A196" s="27">
+        <v>223820</v>
+      </c>
+      <c r="B196" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C196" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D196" s="40" t="s">
         <v>973</v>
       </c>
-      <c r="E194" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D195" s="41" t="s">
+      <c r="E196" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A197" s="27">
+        <v>223826</v>
+      </c>
+      <c r="B197" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C197" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D197" s="40" t="s">
         <v>974</v>
       </c>
-      <c r="E195" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D196" s="41" t="s">
+      <c r="E197" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A198" s="27">
+        <v>223833</v>
+      </c>
+      <c r="B198" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C198" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D198" s="40" t="s">
         <v>975</v>
       </c>
-      <c r="E196" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D197" s="41" t="s">
+      <c r="E198" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A199" s="27">
+        <v>223843</v>
+      </c>
+      <c r="B199" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C199" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D199" s="40" t="s">
         <v>976</v>
       </c>
-      <c r="E197" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D198" s="41" t="s">
+      <c r="E199" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A200" s="27">
+        <v>223840</v>
+      </c>
+      <c r="B200" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C200" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D200" s="40" t="s">
         <v>977</v>
       </c>
-      <c r="E198" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D199" s="41" t="s">
+      <c r="E200" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A201" s="27">
+        <v>223823</v>
+      </c>
+      <c r="B201" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C201" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D201" s="40" t="s">
         <v>978</v>
       </c>
-      <c r="E199" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D200" s="41" t="s">
+      <c r="E201" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A202" s="27">
+        <v>223824</v>
+      </c>
+      <c r="B202" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C202" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D202" s="40" t="s">
         <v>979</v>
       </c>
-      <c r="E200" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D201" s="41" t="s">
+      <c r="E202" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A203" s="27">
+        <v>223830</v>
+      </c>
+      <c r="B203" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C203" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D203" s="40" t="s">
         <v>980</v>
       </c>
-      <c r="E201" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D202" s="41" t="s">
+      <c r="E203" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A204" s="27">
+        <v>223825</v>
+      </c>
+      <c r="B204" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C204" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D204" s="40" t="s">
+        <v>650</v>
+      </c>
+      <c r="E204" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A205" s="27">
+        <v>223832</v>
+      </c>
+      <c r="B205" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C205" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D205" s="40" t="s">
         <v>981</v>
       </c>
-      <c r="E202" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D203" s="41" t="s">
+      <c r="E205" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A206" s="27">
+        <v>223828</v>
+      </c>
+      <c r="B206" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C206" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D206" s="40" t="s">
         <v>982</v>
       </c>
-      <c r="E203" s="52" t="s">
-[...30 lines deleted...]
-      <c r="D205" s="41" t="s">
+      <c r="E206" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A207" s="27">
+        <v>223813</v>
+      </c>
+      <c r="B207" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C207" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D207" s="40" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E207" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A208" s="27">
+        <v>223916</v>
+      </c>
+      <c r="B208" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C208" s="7" t="s">
         <v>983</v>
       </c>
-      <c r="E205" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D206" s="41" t="s">
+      <c r="D208" s="40" t="s">
         <v>984</v>
       </c>
-      <c r="E206" s="52" t="s">
-[...27 lines deleted...]
-      <c r="C208" s="7" t="s">
+      <c r="E208" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A209" s="27">
+        <v>223922</v>
+      </c>
+      <c r="B209" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C209" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D209" s="40" t="s">
         <v>985</v>
       </c>
-      <c r="D208" s="41" t="s">
+      <c r="E209" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A210" s="27">
+        <v>223915</v>
+      </c>
+      <c r="B210" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C210" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D210" s="40" t="s">
         <v>986</v>
       </c>
-      <c r="E208" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D209" s="41" t="s">
+      <c r="E210" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A211" s="27">
+        <v>223934</v>
+      </c>
+      <c r="B211" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C211" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D211" s="40" t="s">
         <v>987</v>
       </c>
-      <c r="E209" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D210" s="41" t="s">
+      <c r="E211" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A212" s="27">
+        <v>223933</v>
+      </c>
+      <c r="B212" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C212" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D212" s="40" t="s">
         <v>988</v>
       </c>
-      <c r="E210" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D211" s="41" t="s">
+      <c r="E212" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A213" s="27">
+        <v>223930</v>
+      </c>
+      <c r="B213" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C213" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D213" s="40" t="s">
         <v>989</v>
       </c>
-      <c r="E211" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D212" s="41" t="s">
+      <c r="E213" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A214" s="27">
+        <v>223942</v>
+      </c>
+      <c r="B214" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C214" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D214" s="40" t="s">
         <v>990</v>
       </c>
-      <c r="E212" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D213" s="41" t="s">
+      <c r="E214" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A215" s="27">
+        <v>223948</v>
+      </c>
+      <c r="B215" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C215" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D215" s="40" t="s">
         <v>991</v>
       </c>
-      <c r="E213" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D214" s="41" t="s">
+      <c r="E215" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A216" s="27">
+        <v>223913</v>
+      </c>
+      <c r="B216" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C216" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D216" s="40" t="s">
         <v>992</v>
       </c>
-      <c r="E214" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D215" s="41" t="s">
+      <c r="E216" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A217" s="27">
+        <v>223947</v>
+      </c>
+      <c r="B217" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C217" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D217" s="40" t="s">
         <v>993</v>
       </c>
-      <c r="E215" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D216" s="41" t="s">
+      <c r="E217" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A218" s="27">
+        <v>223924</v>
+      </c>
+      <c r="B218" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C218" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="D218" s="40" t="s">
         <v>994</v>
       </c>
-      <c r="E216" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D217" s="41" t="s">
+      <c r="E218" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A219" s="27">
+        <v>222915</v>
+      </c>
+      <c r="B219" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C219" s="7" t="s">
         <v>995</v>
       </c>
-      <c r="E217" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D218" s="41" t="s">
+      <c r="D219" s="40" t="s">
         <v>996</v>
       </c>
-      <c r="E218" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C219" s="7" t="s">
+      <c r="E219" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A220" s="27">
+        <v>222912</v>
+      </c>
+      <c r="B220" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C220" s="7" t="s">
+        <v>995</v>
+      </c>
+      <c r="D220" s="40" t="s">
         <v>997</v>
       </c>
-      <c r="D219" s="41" t="s">
+      <c r="E220" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A221" s="27">
+        <v>222913</v>
+      </c>
+      <c r="B221" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C221" s="9" t="s">
+        <v>995</v>
+      </c>
+      <c r="D221" s="57" t="s">
         <v>998</v>
       </c>
-      <c r="E219" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D220" s="41" t="s">
+      <c r="E221" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A222" s="27">
+        <v>222924</v>
+      </c>
+      <c r="B222" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C222" s="9" t="s">
+        <v>995</v>
+      </c>
+      <c r="D222" s="57" t="s">
         <v>999</v>
       </c>
-      <c r="E220" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D221" s="58" t="s">
+      <c r="E222" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A223" s="27">
+        <v>222926</v>
+      </c>
+      <c r="B223" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C223" s="7" t="s">
         <v>1000</v>
       </c>
-      <c r="E221" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D222" s="58" t="s">
+      <c r="D223" s="40" t="s">
         <v>1001</v>
       </c>
-      <c r="E222" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C223" s="7" t="s">
+      <c r="E223" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A224" s="27">
+        <v>222923</v>
+      </c>
+      <c r="B224" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C224" s="7" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D224" s="40" t="s">
         <v>1002</v>
       </c>
-      <c r="D223" s="41" t="s">
+      <c r="E224" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A225" s="27">
+        <v>223408</v>
+      </c>
+      <c r="B225" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C225" s="7" t="s">
         <v>1003</v>
       </c>
-      <c r="E223" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D224" s="41" t="s">
+      <c r="D225" s="40" t="s">
+        <v>820</v>
+      </c>
+      <c r="E225" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A226" s="27">
+        <v>223402</v>
+      </c>
+      <c r="B226" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C226" s="7" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D226" s="40" t="s">
         <v>1004</v>
       </c>
-      <c r="E224" s="52" t="s">
-[...10 lines deleted...]
-      <c r="C225" s="7" t="s">
+      <c r="E226" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A227" s="27">
+        <v>223417</v>
+      </c>
+      <c r="B227" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C227" s="7" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D227" s="40" t="s">
         <v>1005</v>
       </c>
-      <c r="D225" s="41" t="s">
-[...16 lines deleted...]
-      <c r="D226" s="41" t="s">
+      <c r="E227" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A228" s="27">
+        <v>223410</v>
+      </c>
+      <c r="B228" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C228" s="7" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D228" s="40" t="s">
+        <v>348</v>
+      </c>
+      <c r="E228" s="51" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="30">
+        <v>223406</v>
+      </c>
+      <c r="B229" s="28" t="s">
+        <v>785</v>
+      </c>
+      <c r="C229" s="7" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D229" s="40" t="s">
         <v>1006</v>
       </c>
-      <c r="E226" s="52" t="s">
-[...51 lines deleted...]
-        <v>1232</v>
+      <c r="E229" s="52" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="230" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A230" s="15"/>
       <c r="B230" s="15"/>
       <c r="C230" s="15"/>
       <c r="D230" s="15"/>
     </row>
     <row r="231" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A231" s="15"/>
       <c r="B231" s="15"/>
       <c r="C231" s="15"/>
       <c r="D231" s="15"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:E229"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист7"/>
-  <dimension ref="A1:E218"/>
+  <dimension ref="A1:E216"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E2" sqref="E2"/>
+      <selection activeCell="A156" sqref="A156:XFD156"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.42578125" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="19.140625" customWidth="1"/>
     <col min="4" max="4" width="32.140625" customWidth="1"/>
-    <col min="5" max="5" width="19.28515625" style="45" customWidth="1"/>
+    <col min="5" max="5" width="19.28515625" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="82"/>
-[...3 lines deleted...]
-      <c r="E1" s="49"/>
+      <c r="A1" s="81"/>
+      <c r="B1" s="82"/>
+      <c r="C1" s="82"/>
+      <c r="D1" s="82"/>
+      <c r="E1" s="48"/>
     </row>
     <row r="2" spans="1:5" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="76" t="s">
-        <v>1231</v>
+      <c r="E2" s="75" t="s">
+        <v>1227</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6">
         <v>213014</v>
       </c>
       <c r="B3" s="7" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D3" s="7" t="s">
         <v>1009</v>
       </c>
-      <c r="C3" s="7" t="s">
-[...6 lines deleted...]
-        <v>1232</v>
+      <c r="E3" s="45" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A4" s="6">
         <v>213033</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C4" s="7" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D4" s="7" t="s">
         <v>1010</v>
       </c>
-      <c r="D4" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E4" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A5" s="6">
         <v>213039</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1011</v>
+      </c>
+      <c r="E5" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A6" s="6">
         <v>213015</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1012</v>
+      </c>
+      <c r="E6" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A7" s="6">
         <v>213018</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1013</v>
+      </c>
+      <c r="E7" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A8" s="6">
         <v>213022</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1014</v>
+      </c>
+      <c r="E8" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A9" s="6">
         <v>213011</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>574</v>
+      </c>
+      <c r="E9" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>213103</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1016</v>
+      </c>
+      <c r="E10" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A11" s="6">
         <v>213109</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C11" s="7" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D11" s="7" t="s">
         <v>1017</v>
       </c>
-      <c r="D11" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E11" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A12" s="6">
         <v>213111</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1018</v>
+      </c>
+      <c r="E12" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A13" s="6">
         <v>213114</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1019</v>
+      </c>
+      <c r="E13" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A14" s="6">
         <v>213123</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>1022</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1020</v>
+      </c>
+      <c r="E14" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A15" s="6">
         <v>213124</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>92</v>
+      </c>
+      <c r="E15" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>213126</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>1023</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1021</v>
+      </c>
+      <c r="E16" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>213130</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1022</v>
+      </c>
+      <c r="E17" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
         <v>213131</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1023</v>
+      </c>
+      <c r="E18" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A19" s="6">
         <v>213150</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1024</v>
+      </c>
+      <c r="E19" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A20" s="6">
         <v>213151</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>1027</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1025</v>
+      </c>
+      <c r="E20" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A21" s="6">
         <v>213153</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1026</v>
+      </c>
+      <c r="E21" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A22" s="6">
         <v>213154</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1027</v>
+      </c>
+      <c r="E22" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A23" s="6">
         <v>213119</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>552</v>
+      </c>
+      <c r="E23" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A24" s="6">
         <v>213125</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1028</v>
+      </c>
+      <c r="E24" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A25" s="6">
         <v>213121</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1029</v>
+      </c>
+      <c r="E25" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A26" s="6">
         <v>213134</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1030</v>
+      </c>
+      <c r="E26" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A27" s="6">
         <v>213120</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1031</v>
+      </c>
+      <c r="E27" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A28" s="6">
         <v>213129</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>1034</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1032</v>
+      </c>
+      <c r="E28" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A29" s="6">
         <v>213116</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>1035</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1033</v>
+      </c>
+      <c r="E29" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A30" s="6">
         <v>213162</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>1037</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1035</v>
+      </c>
+      <c r="E30" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A31" s="6">
         <v>213163</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>1036</v>
       </c>
-      <c r="D31" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E31" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A32" s="6">
         <v>213169</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>546</v>
+      </c>
+      <c r="E32" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A33" s="6">
         <v>213177</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1037</v>
+      </c>
+      <c r="E33" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A34" s="6">
         <v>213173</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>1040</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1038</v>
+      </c>
+      <c r="E34" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A35" s="6">
         <v>213179</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>84</v>
+      </c>
+      <c r="E35" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A36" s="6">
         <v>213164</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>1041</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1039</v>
+      </c>
+      <c r="E36" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A37" s="6">
         <v>213184</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1041</v>
+      </c>
+      <c r="E37" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A38" s="6">
         <v>213191</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C38" s="7" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D38" s="7" t="s">
         <v>1042</v>
       </c>
-      <c r="D38" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E38" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A39" s="6">
         <v>213197</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>1045</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1043</v>
+      </c>
+      <c r="E39" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A40" s="6">
         <v>213192</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1044</v>
+      </c>
+      <c r="E40" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A41" s="6">
         <v>213189</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>1047</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1045</v>
+      </c>
+      <c r="E41" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A42" s="6">
         <v>213187</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>1048</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1046</v>
+      </c>
+      <c r="E42" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A43" s="6">
         <v>213180</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>1049</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1047</v>
+      </c>
+      <c r="E43" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A44" s="6">
         <v>213201</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1049</v>
+      </c>
+      <c r="E44" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A45" s="6">
         <v>213211</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C45" s="7" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D45" s="7" t="s">
         <v>1050</v>
       </c>
-      <c r="D45" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E45" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A46" s="6">
         <v>213212</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1051</v>
+      </c>
+      <c r="E46" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A47" s="6">
         <v>213224</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>1054</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1052</v>
+      </c>
+      <c r="E47" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A48" s="6">
         <v>213217</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>649</v>
+      </c>
+      <c r="E48" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A49" s="6">
         <v>213221</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>284</v>
+      </c>
+      <c r="E49" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A50" s="6">
         <v>213220</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>636</v>
+      </c>
+      <c r="E50" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A51" s="6">
         <v>213232</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>1055</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1053</v>
+      </c>
+      <c r="E51" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A52" s="6">
         <v>213203</v>
       </c>
       <c r="B52" s="19" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1054</v>
+      </c>
+      <c r="E52" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A53" s="6">
         <v>213242</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>1058</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1056</v>
+      </c>
+      <c r="E53" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A54" s="6">
         <v>213250</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C54" s="7" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D54" s="7" t="s">
         <v>1057</v>
       </c>
-      <c r="D54" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E54" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A55" s="6">
         <v>213254</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1058</v>
+      </c>
+      <c r="E55" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A56" s="6">
         <v>213260</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1059</v>
+      </c>
+      <c r="E56" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A57" s="6">
         <v>213261</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>1062</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1060</v>
+      </c>
+      <c r="E57" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A58" s="6">
         <v>213263</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1061</v>
+      </c>
+      <c r="E58" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A59" s="6">
         <v>213264</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1062</v>
+      </c>
+      <c r="E59" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A60" s="6">
         <v>213251</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>1065</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1063</v>
+      </c>
+      <c r="E60" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A61" s="6">
         <v>213258</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>1066</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1064</v>
+      </c>
+      <c r="E61" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A62" s="6">
         <v>213243</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1065</v>
+      </c>
+      <c r="E62" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A63" s="6">
         <v>213317</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1067</v>
+      </c>
+      <c r="E63" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A64" s="6">
         <v>213318</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>670</v>
+      </c>
+      <c r="E64" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A65" s="6">
         <v>213321</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>51</v>
+      </c>
+      <c r="E65" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A66" s="6">
         <v>213328</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C66" s="7" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D66" s="7" t="s">
         <v>1068</v>
       </c>
-      <c r="D66" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E66" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A67" s="6">
         <v>213330</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D67" s="7" t="s">
-        <v>1071</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1069</v>
+      </c>
+      <c r="E67" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A68" s="6">
         <v>213331</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>1072</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1070</v>
+      </c>
+      <c r="E68" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A69" s="6">
         <v>213334</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1071</v>
+      </c>
+      <c r="E69" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A70" s="6">
         <v>213341</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>581</v>
+      </c>
+      <c r="E70" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A71" s="6">
         <v>213346</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>1074</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1072</v>
+      </c>
+      <c r="E71" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A72" s="6">
         <v>213347</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1241</v>
+      </c>
+      <c r="E72" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A73" s="6">
         <v>213343</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1073</v>
+      </c>
+      <c r="E73" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A74" s="6">
         <v>213355</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1074</v>
+      </c>
+      <c r="E74" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A75" s="6">
         <v>213324</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1075</v>
+      </c>
+      <c r="E75" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A76" s="6">
         <v>213329</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>1078</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1076</v>
+      </c>
+      <c r="E76" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A77" s="6">
         <v>213348</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>1079</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1077</v>
+      </c>
+      <c r="E77" s="49" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A78" s="6">
         <v>213405</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1079</v>
+      </c>
+      <c r="E78" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="79" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A79" s="6">
         <v>213406</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C79" s="7" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D79" s="7" t="s">
         <v>1080</v>
       </c>
-      <c r="D79" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E79" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A80" s="6">
         <v>213411</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1061</v>
+      </c>
+      <c r="E80" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A81" s="6">
         <v>213413</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>1083</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1081</v>
+      </c>
+      <c r="E81" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="82" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A82" s="6">
         <v>213415</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1082</v>
+      </c>
+      <c r="E82" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A83" s="6">
         <v>213423</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>649</v>
+      </c>
+      <c r="E83" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A84" s="6">
         <v>213400</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>755</v>
+      </c>
+      <c r="E84" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A85" s="6">
         <v>213426</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D85" s="7" t="s">
-        <v>1085</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1083</v>
+      </c>
+      <c r="E85" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A86" s="6">
         <v>213412</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>1086</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1084</v>
+      </c>
+      <c r="E86" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A87" s="6">
         <v>213428</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1085</v>
+      </c>
+      <c r="E87" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A88" s="6">
         <v>213417</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>1088</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1086</v>
+      </c>
+      <c r="E88" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A89" s="6">
         <v>213424</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D89" s="7" t="s">
-        <v>1089</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1087</v>
+      </c>
+      <c r="E89" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="90" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A90" s="6">
         <v>213410</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D90" s="7" t="s">
-        <v>1090</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1088</v>
+      </c>
+      <c r="E90" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A91" s="6">
         <v>213416</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D91" s="7" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1089</v>
+      </c>
+      <c r="E91" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="92" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A92" s="6">
         <v>213463</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D92" s="7" t="s">
-        <v>1093</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1091</v>
+      </c>
+      <c r="E92" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A93" s="6">
         <v>213474</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C93" s="7" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D93" s="7" t="s">
         <v>1092</v>
       </c>
-      <c r="D93" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E93" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="94" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A94" s="6">
         <v>213480</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D94" s="7" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1093</v>
+      </c>
+      <c r="E94" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="95" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A95" s="6">
         <v>213485</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D95" s="7" t="s">
-        <v>1096</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1094</v>
+      </c>
+      <c r="E95" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="96" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A96" s="6">
         <v>213475</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C96" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D96" s="7" t="s">
-        <v>1097</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1095</v>
+      </c>
+      <c r="E96" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A97" s="6">
         <v>213482</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D97" s="7" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1096</v>
+      </c>
+      <c r="E97" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A98" s="6">
         <v>213483</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>1099</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1097</v>
+      </c>
+      <c r="E98" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A99" s="6">
         <v>213464</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D99" s="7" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>812</v>
+      </c>
+      <c r="E99" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A100" s="6">
         <v>213481</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D100" s="7" t="s">
-        <v>1100</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1098</v>
+      </c>
+      <c r="E100" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="101" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A101" s="6">
         <v>213461</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D101" s="7" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1099</v>
+      </c>
+      <c r="E101" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="102" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A102" s="6">
         <v>213488</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D102" s="7" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1100</v>
+      </c>
+      <c r="E102" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A103" s="6">
         <v>213462</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D103" s="7" t="s">
-        <v>1220</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1216</v>
+      </c>
+      <c r="E103" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A104" s="6">
         <v>213476</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D104" s="7" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1101</v>
+      </c>
+      <c r="E104" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A105" s="6">
         <v>213477</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D105" s="7" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>270</v>
+      </c>
+      <c r="E105" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A106" s="6">
         <v>213490</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D106" s="7" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1103</v>
+      </c>
+      <c r="E106" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A107" s="6">
         <v>213510</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C107" s="7" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D107" s="7" t="s">
         <v>1104</v>
       </c>
-      <c r="D107" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E107" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A108" s="6">
         <v>213514</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D108" s="7" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1105</v>
+      </c>
+      <c r="E108" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="109" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A109" s="6">
         <v>213516</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D109" s="7" t="s">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1106</v>
+      </c>
+      <c r="E109" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A110" s="6">
         <v>213520</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D110" s="7" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1107</v>
+      </c>
+      <c r="E110" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A111" s="6">
         <v>213502</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D111" s="7" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1108</v>
+      </c>
+      <c r="E111" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="112" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A112" s="6">
         <v>213501</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D112" s="7" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1109</v>
+      </c>
+      <c r="E112" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="113" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A113" s="6">
         <v>213532</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D113" s="7" t="s">
-        <v>1113</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1111</v>
+      </c>
+      <c r="E113" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="114" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A114" s="6">
         <v>213535</v>
       </c>
       <c r="B114" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C114" s="7" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D114" s="7" t="s">
         <v>1112</v>
       </c>
-      <c r="D114" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E114" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="115" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A115" s="6">
         <v>213540</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D115" s="7" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1113</v>
+      </c>
+      <c r="E115" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="116" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A116" s="6">
         <v>213542</v>
       </c>
       <c r="B116" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C116" s="7" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D116" s="7" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1114</v>
+      </c>
+      <c r="E116" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="117" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A117" s="6">
         <v>213543</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C117" s="7" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D117" s="7" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1115</v>
+      </c>
+      <c r="E117" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="118" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A118" s="6">
         <v>213534</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C118" s="7" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D118" s="7" t="s">
-        <v>1118</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1116</v>
+      </c>
+      <c r="E118" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A119" s="6">
         <v>213546</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C119" s="7" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D119" s="7" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1117</v>
+      </c>
+      <c r="E119" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A120" s="6">
         <v>213562</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1119</v>
+      </c>
+      <c r="E120" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A121" s="6">
         <v>213567</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C121" s="7" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D121" s="7" t="s">
-        <v>1089</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1087</v>
+      </c>
+      <c r="E121" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A122" s="6">
         <v>213570</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C122" s="7" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D122" s="7" t="s">
         <v>1120</v>
       </c>
-      <c r="D122" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E122" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="123" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A123" s="6">
         <v>213566</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C123" s="7" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D123" s="7" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1121</v>
+      </c>
+      <c r="E123" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="124" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A124" s="6">
         <v>213577</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C124" s="7" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D124" s="7" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1122</v>
+      </c>
+      <c r="E124" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A125" s="6">
         <v>213568</v>
       </c>
       <c r="B125" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C125" s="7" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D125" s="7" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1123</v>
+      </c>
+      <c r="E125" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A126" s="6">
         <v>213574</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C126" s="7" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D126" s="7" t="s">
-        <v>1126</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1124</v>
+      </c>
+      <c r="E126" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A127" s="6">
         <v>213601</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C127" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D127" s="7" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1215</v>
+      </c>
+      <c r="E127" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A128" s="6">
         <v>213610</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D128" s="7" t="s">
-        <v>1128</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1126</v>
+      </c>
+      <c r="E128" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A129" s="6">
         <v>213615</v>
       </c>
       <c r="B129" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C129" s="7" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D129" s="7" t="s">
         <v>1127</v>
       </c>
-      <c r="D129" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E129" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A130" s="6">
         <v>213624</v>
       </c>
       <c r="B130" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D130" s="7" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1128</v>
+      </c>
+      <c r="E130" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="131" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A131" s="6">
         <v>213630</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D131" s="7" t="s">
-        <v>1131</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1129</v>
+      </c>
+      <c r="E131" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A132" s="6">
         <v>213636</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C132" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D132" s="7" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1130</v>
+      </c>
+      <c r="E132" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="133" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A133" s="6">
         <v>213617</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C133" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D133" s="7" t="s">
-        <v>1133</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1131</v>
+      </c>
+      <c r="E133" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A134" s="6">
         <v>213607</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C134" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D134" s="7" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1132</v>
+      </c>
+      <c r="E134" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A135" s="6">
         <v>213603</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D135" s="7" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1133</v>
+      </c>
+      <c r="E135" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A136" s="6">
         <v>213621</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C136" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D136" s="7" t="s">
-        <v>1136</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1134</v>
+      </c>
+      <c r="E136" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A137" s="6">
         <v>213609</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C137" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D137" s="7" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>555</v>
+      </c>
+      <c r="E137" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A138" s="6">
         <v>213612</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C138" s="7" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D138" s="7" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1135</v>
+      </c>
+      <c r="E138" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A139" s="6">
         <v>213641</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C139" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D139" s="7" t="s">
-        <v>1139</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1137</v>
+      </c>
+      <c r="E139" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A140" s="6">
         <v>213642</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C140" s="7" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D140" s="7" t="s">
         <v>1138</v>
       </c>
-      <c r="D140" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E140" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A141" s="6">
         <v>213644</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D141" s="7" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1139</v>
+      </c>
+      <c r="E141" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="142" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A142" s="6">
         <v>213646</v>
       </c>
       <c r="B142" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C142" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D142" s="7" t="s">
-        <v>1142</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1140</v>
+      </c>
+      <c r="E142" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A143" s="6">
         <v>213647</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C143" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D143" s="7" t="s">
-        <v>1143</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1141</v>
+      </c>
+      <c r="E143" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="144" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A144" s="6">
         <v>213651</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C144" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D144" s="7" t="s">
-        <v>1144</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1142</v>
+      </c>
+      <c r="E144" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A145" s="6">
         <v>213684</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C145" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D145" s="7" t="s">
-        <v>1145</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1143</v>
+      </c>
+      <c r="E145" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A146" s="6">
         <v>213661</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C146" s="7" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="D146" s="7" t="s">
-        <v>1147</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1145</v>
+      </c>
+      <c r="E146" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A147" s="6">
         <v>213662</v>
       </c>
       <c r="B147" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C147" s="7" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="D147" s="7" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>453</v>
+      </c>
+      <c r="E147" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="148" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A148" s="6">
         <v>213664</v>
       </c>
       <c r="B148" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C148" s="7" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D148" s="7" t="s">
         <v>1146</v>
       </c>
-      <c r="D148" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E148" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="149" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A149" s="6">
         <v>213670</v>
       </c>
       <c r="B149" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C149" s="7" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="D149" s="7" t="s">
-        <v>1149</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1147</v>
+      </c>
+      <c r="E149" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="150" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A150" s="6">
         <v>213672</v>
       </c>
       <c r="B150" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C150" s="7" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="D150" s="7" t="s">
-        <v>1150</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1148</v>
+      </c>
+      <c r="E150" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="151" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A151" s="6">
         <v>213680</v>
       </c>
       <c r="B151" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C151" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D151" s="7" t="s">
-        <v>1151</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1149</v>
+      </c>
+      <c r="E151" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="152" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A152" s="6">
         <v>213681</v>
       </c>
       <c r="B152" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C152" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D152" s="7" t="s">
-        <v>1152</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1150</v>
+      </c>
+      <c r="E152" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="153" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A153" s="6">
         <v>213682</v>
       </c>
       <c r="B153" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C153" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D153" s="7" t="s">
-        <v>1153</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1151</v>
+      </c>
+      <c r="E153" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="154" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A154" s="6">
         <v>213648</v>
       </c>
       <c r="B154" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C154" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D154" s="7" t="s">
-        <v>1154</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1152</v>
+      </c>
+      <c r="E154" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="155" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A155" s="6">
         <v>213683</v>
       </c>
       <c r="B155" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C155" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D155" s="7" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1153</v>
+      </c>
+      <c r="E155" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="156" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A156" s="6">
-        <v>213657</v>
+        <v>213649</v>
       </c>
       <c r="B156" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C156" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D156" s="7" t="s">
-        <v>1156</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1154</v>
+      </c>
+      <c r="E156" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="157" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A157" s="6">
-        <v>213645</v>
+        <v>213656</v>
       </c>
       <c r="B157" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C157" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D157" s="7" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1155</v>
+      </c>
+      <c r="E157" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="158" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A158" s="6">
-        <v>213649</v>
+        <v>213690</v>
       </c>
       <c r="B158" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C158" s="7" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D158" s="7" t="s">
-        <v>1158</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1156</v>
+      </c>
+      <c r="E158" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="159" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A159" s="6">
-        <v>213656</v>
+        <v>213713</v>
       </c>
       <c r="B159" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C159" s="7" t="s">
-        <v>1138</v>
+        <v>1157</v>
       </c>
       <c r="D159" s="7" t="s">
-        <v>1159</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1158</v>
+      </c>
+      <c r="E159" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="160" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A160" s="6">
-        <v>213690</v>
+        <v>213727</v>
       </c>
       <c r="B160" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C160" s="7" t="s">
-        <v>1138</v>
+        <v>1157</v>
       </c>
       <c r="D160" s="7" t="s">
-        <v>1160</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1159</v>
+      </c>
+      <c r="E160" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="161" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A161" s="6">
-        <v>213713</v>
+        <v>213728</v>
       </c>
       <c r="B161" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C161" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D161" s="7" t="s">
-        <v>1162</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>651</v>
+      </c>
+      <c r="E161" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="162" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A162" s="6">
-        <v>213727</v>
+        <v>213743</v>
       </c>
       <c r="B162" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C162" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D162" s="7" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1160</v>
+      </c>
+      <c r="E162" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="163" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A163" s="6">
-        <v>213728</v>
+        <v>213722</v>
       </c>
       <c r="B163" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C163" s="7" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D163" s="7" t="s">
         <v>1161</v>
       </c>
-      <c r="D163" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E163" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="164" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A164" s="6">
-        <v>213743</v>
+        <v>213731</v>
       </c>
       <c r="B164" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C164" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D164" s="7" t="s">
-        <v>1164</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1162</v>
+      </c>
+      <c r="E164" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="165" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A165" s="6">
-        <v>213722</v>
+        <v>213717</v>
       </c>
       <c r="B165" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C165" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D165" s="7" t="s">
-        <v>1165</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1163</v>
+      </c>
+      <c r="E165" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="166" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A166" s="6">
-        <v>213731</v>
+        <v>213725</v>
       </c>
       <c r="B166" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C166" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D166" s="7" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1164</v>
+      </c>
+      <c r="E166" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="167" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A167" s="6">
-        <v>213717</v>
+        <v>213712</v>
       </c>
       <c r="B167" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C167" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D167" s="7" t="s">
-        <v>1167</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1165</v>
+      </c>
+      <c r="E167" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="168" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A168" s="6">
-        <v>213725</v>
+        <v>213770</v>
       </c>
       <c r="B168" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C168" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D168" s="7" t="s">
-        <v>1168</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1166</v>
+      </c>
+      <c r="E168" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="169" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A169" s="6">
-        <v>213712</v>
+        <v>213714</v>
       </c>
       <c r="B169" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C169" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D169" s="7" t="s">
-        <v>1169</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1167</v>
+      </c>
+      <c r="E169" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="170" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A170" s="6">
-        <v>213770</v>
+        <v>213721</v>
       </c>
       <c r="B170" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C170" s="7" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D170" s="7" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1168</v>
+      </c>
+      <c r="E170" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="171" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A171" s="6">
-        <v>213714</v>
+        <v>213831</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C171" s="7" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D171" s="7" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>913</v>
+      </c>
+      <c r="E171" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="172" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A172" s="6">
-        <v>213721</v>
+        <v>213842</v>
       </c>
       <c r="B172" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C172" s="7" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D172" s="7" t="s">
-        <v>1172</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1170</v>
+      </c>
+      <c r="E172" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="173" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A173" s="6">
-        <v>213831</v>
+        <v>213856</v>
       </c>
       <c r="B173" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C173" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D173" s="7" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1171</v>
+      </c>
+      <c r="E173" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="174" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A174" s="6">
-        <v>213842</v>
+        <v>213850</v>
       </c>
       <c r="B174" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C174" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D174" s="7" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1172</v>
+      </c>
+      <c r="E174" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="175" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A175" s="6">
-        <v>213856</v>
+        <v>213854</v>
       </c>
       <c r="B175" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C175" s="7" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D175" s="7" t="s">
         <v>1173</v>
       </c>
-      <c r="D175" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E175" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="176" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A176" s="6">
-        <v>213850</v>
+        <v>213852</v>
       </c>
       <c r="B176" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C176" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D176" s="7" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>360</v>
+      </c>
+      <c r="E176" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="177" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A177" s="6">
-        <v>213854</v>
+        <v>213752</v>
       </c>
       <c r="B177" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C177" s="7" t="s">
-        <v>1173</v>
+        <v>1157</v>
       </c>
       <c r="D177" s="7" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>898</v>
+      </c>
+      <c r="E177" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="178" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A178" s="6">
-        <v>213852</v>
+        <v>213839</v>
       </c>
       <c r="B178" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C178" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D178" s="7" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1174</v>
+      </c>
+      <c r="E178" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="179" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A179" s="6">
-        <v>213752</v>
+        <v>213841</v>
       </c>
       <c r="B179" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C179" s="7" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D179" s="7" t="s">
-        <v>900</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>503</v>
+      </c>
+      <c r="E179" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="180" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A180" s="6">
-        <v>213839</v>
+        <v>213853</v>
       </c>
       <c r="B180" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C180" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D180" s="7" t="s">
-        <v>1178</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1175</v>
+      </c>
+      <c r="E180" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="181" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A181" s="6">
-        <v>213841</v>
+        <v>213855</v>
       </c>
       <c r="B181" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C181" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D181" s="7" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1176</v>
+      </c>
+      <c r="E181" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="182" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A182" s="6">
-        <v>213853</v>
+        <v>213858</v>
       </c>
       <c r="B182" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C182" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D182" s="7" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1177</v>
+      </c>
+      <c r="E182" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="183" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A183" s="6">
-        <v>213855</v>
+        <v>213851</v>
       </c>
       <c r="B183" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C183" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D183" s="7" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1178</v>
+      </c>
+      <c r="E183" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="184" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A184" s="6">
-        <v>213858</v>
+        <v>213838</v>
       </c>
       <c r="B184" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C184" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D184" s="7" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1179</v>
+      </c>
+      <c r="E184" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="185" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A185" s="6">
-        <v>213851</v>
+        <v>213833</v>
       </c>
       <c r="B185" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C185" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D185" s="7" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1180</v>
+      </c>
+      <c r="E185" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="186" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A186" s="6">
-        <v>213838</v>
+        <v>213848</v>
       </c>
       <c r="B186" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C186" s="7" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="D186" s="7" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1123</v>
+      </c>
+      <c r="E186" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="187" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A187" s="6">
-        <v>213833</v>
+        <v>213864</v>
       </c>
       <c r="B187" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C187" s="7" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
       <c r="D187" s="7" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1182</v>
+      </c>
+      <c r="E187" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="188" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A188" s="6">
-        <v>213848</v>
+        <v>213866</v>
       </c>
       <c r="B188" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C188" s="7" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
       <c r="D188" s="7" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1183</v>
+      </c>
+      <c r="E188" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="189" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A189" s="6">
-        <v>213864</v>
+        <v>213881</v>
       </c>
       <c r="B189" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C189" s="7" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D189" s="7" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1184</v>
+      </c>
+      <c r="E189" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="190" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A190" s="6">
-        <v>213866</v>
+        <v>213882</v>
       </c>
       <c r="B190" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C190" s="7" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D190" s="7" t="s">
         <v>1185</v>
       </c>
-      <c r="D190" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E190" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="191" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A191" s="6">
-        <v>213881</v>
+        <v>213880</v>
       </c>
       <c r="B191" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C191" s="7" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D191" s="7" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1186</v>
+      </c>
+      <c r="E191" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="192" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A192" s="6">
-        <v>213882</v>
+        <v>213863</v>
       </c>
       <c r="B192" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C192" s="7" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D192" s="7" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1187</v>
+      </c>
+      <c r="E192" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="193" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A193" s="6">
-        <v>213880</v>
+        <v>213871</v>
       </c>
       <c r="B193" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C193" s="7" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D193" s="7" t="s">
-        <v>1190</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1188</v>
+      </c>
+      <c r="E193" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="194" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A194" s="6">
-        <v>213863</v>
+        <v>213884</v>
       </c>
       <c r="B194" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C194" s="7" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D194" s="7" t="s">
-        <v>1191</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1189</v>
+      </c>
+      <c r="E194" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="195" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A195" s="6">
-        <v>213871</v>
+        <v>213873</v>
       </c>
       <c r="B195" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C195" s="7" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D195" s="7" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1190</v>
+      </c>
+      <c r="E195" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="196" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A196" s="6">
-        <v>213884</v>
+        <v>213903</v>
       </c>
       <c r="B196" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C196" s="7" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="D196" s="7" t="s">
-        <v>1193</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>84</v>
+      </c>
+      <c r="E196" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="197" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A197" s="6">
-        <v>213873</v>
+        <v>213913</v>
       </c>
       <c r="B197" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C197" s="7" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="D197" s="7" t="s">
-        <v>1194</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1192</v>
+      </c>
+      <c r="E197" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="198" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A198" s="6">
-        <v>213903</v>
+        <v>213914</v>
       </c>
       <c r="B198" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C198" s="7" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="D198" s="7" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1193</v>
+      </c>
+      <c r="E198" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="199" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A199" s="6">
-        <v>213913</v>
+        <v>213901</v>
       </c>
       <c r="B199" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C199" s="7" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="D199" s="7" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1194</v>
+      </c>
+      <c r="E199" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="200" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A200" s="6">
-        <v>213914</v>
+        <v>213943</v>
       </c>
       <c r="B200" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C200" s="7" t="s">
         <v>1195</v>
       </c>
       <c r="D200" s="7" t="s">
-        <v>1197</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1196</v>
+      </c>
+      <c r="E200" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="201" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A201" s="6">
-        <v>213901</v>
+        <v>213957</v>
       </c>
       <c r="B201" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C201" s="7" t="s">
         <v>1195</v>
       </c>
       <c r="D201" s="7" t="s">
-        <v>1198</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1197</v>
+      </c>
+      <c r="E201" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="202" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A202" s="6">
-        <v>213943</v>
+        <v>213959</v>
       </c>
       <c r="B202" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C202" s="7" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="D202" s="7" t="s">
-        <v>1200</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1198</v>
+      </c>
+      <c r="E202" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="203" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A203" s="6">
-        <v>213957</v>
+        <v>213960</v>
       </c>
       <c r="B203" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C203" s="7" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D203" s="7" t="s">
         <v>1199</v>
       </c>
-      <c r="D203" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E203" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="204" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A204" s="6">
-        <v>213959</v>
+        <v>213945</v>
       </c>
       <c r="B204" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C204" s="7" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="D204" s="7" t="s">
-        <v>1202</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1200</v>
+      </c>
+      <c r="E204" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="205" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A205" s="6">
-        <v>213960</v>
+        <v>213947</v>
       </c>
       <c r="B205" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C205" s="7" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="D205" s="7" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1201</v>
+      </c>
+      <c r="E205" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="206" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A206" s="6">
-        <v>213945</v>
+        <v>213951</v>
       </c>
       <c r="B206" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C206" s="7" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="D206" s="7" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1202</v>
+      </c>
+      <c r="E206" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="207" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A207" s="6">
-        <v>213947</v>
+        <v>213946</v>
       </c>
       <c r="B207" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C207" s="7" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="D207" s="7" t="s">
-        <v>1205</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>555</v>
+      </c>
+      <c r="E207" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="208" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A208" s="6">
-        <v>213951</v>
+        <v>213949</v>
       </c>
       <c r="B208" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C208" s="7" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="D208" s="7" t="s">
-        <v>1206</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1203</v>
+      </c>
+      <c r="E208" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="209" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A209" s="6">
-        <v>213946</v>
+        <v>213954</v>
       </c>
       <c r="B209" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C209" s="7" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="D209" s="7" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>78</v>
+      </c>
+      <c r="E209" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="210" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A210" s="6">
-        <v>213949</v>
+        <v>213975</v>
       </c>
       <c r="B210" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C210" s="7" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="D210" s="7" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1205</v>
+      </c>
+      <c r="E210" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="211" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A211" s="6">
-        <v>213954</v>
+        <v>213983</v>
       </c>
       <c r="B211" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C211" s="7" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="D211" s="7" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1206</v>
+      </c>
+      <c r="E211" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="212" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A212" s="6">
-        <v>213975</v>
+        <v>213984</v>
       </c>
       <c r="B212" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C212" s="7" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="D212" s="7" t="s">
-        <v>1209</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1207</v>
+      </c>
+      <c r="E212" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="213" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A213" s="6">
-        <v>213983</v>
+        <v>213978</v>
       </c>
       <c r="B213" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C213" s="7" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D213" s="7" t="s">
         <v>1208</v>
       </c>
-      <c r="D213" s="7" t="s">
-[...3 lines deleted...]
-        <v>1232</v>
+      <c r="E213" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="214" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A214" s="6">
-        <v>213984</v>
+        <v>213980</v>
       </c>
       <c r="B214" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C214" s="7" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="D214" s="7" t="s">
-        <v>1211</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1209</v>
+      </c>
+      <c r="E214" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="215" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A215" s="6">
-        <v>213978</v>
+        <v>213741</v>
       </c>
       <c r="B215" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C215" s="7" t="s">
-        <v>1208</v>
+        <v>1157</v>
       </c>
       <c r="D215" s="7" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1210</v>
+      </c>
+      <c r="E215" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
     <row r="216" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A216" s="6">
-        <v>213980</v>
+        <v>213711</v>
       </c>
       <c r="B216" s="7" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C216" s="7" t="s">
-        <v>1208</v>
+        <v>1157</v>
       </c>
       <c r="D216" s="7" t="s">
-        <v>1213</v>
-[...36 lines deleted...]
-        <v>1232</v>
+        <v>1211</v>
+      </c>
+      <c r="E216" s="46" t="s">
+        <v>1228</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:E218"/>
+  <autoFilter ref="A2:E216"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
-  <conditionalFormatting sqref="D217">
+  <conditionalFormatting sqref="D215">
     <cfRule type="duplicateValues" dxfId="100" priority="21"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A212:A218 A202:A206 A3:A72 A78:A82 A88:A135 A180:A199 A139:A178">
+  <conditionalFormatting sqref="A210:A216 A200:A204 A3:A72 A78:A82 A88:A135 A178:A197 A139:A176">
     <cfRule type="duplicateValues" dxfId="99" priority="22"/>
     <cfRule type="duplicateValues" dxfId="98" priority="23"/>
     <cfRule type="cellIs" dxfId="97" priority="24" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A212:A218 A202:A206 A3:A72 A78:A82 A88:A135 A180:A199 A139:A178">
+  <conditionalFormatting sqref="A210:A216 A200:A204 A3:A72 A78:A82 A88:A135 A178:A197 A139:A176">
     <cfRule type="duplicateValues" dxfId="96" priority="25"/>
     <cfRule type="duplicateValues" dxfId="95" priority="26"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A60:A62">
     <cfRule type="duplicateValues" dxfId="94" priority="18"/>
     <cfRule type="duplicateValues" dxfId="93" priority="19"/>
     <cfRule type="cellIs" dxfId="92" priority="20" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A60:A62">
     <cfRule type="duplicateValues" dxfId="91" priority="16"/>
     <cfRule type="duplicateValues" dxfId="90" priority="17"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A185:A188">
+  <conditionalFormatting sqref="A183:A186">
     <cfRule type="duplicateValues" dxfId="89" priority="13"/>
     <cfRule type="duplicateValues" dxfId="88" priority="14"/>
     <cfRule type="cellIs" dxfId="87" priority="15" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A185:A188">
+  <conditionalFormatting sqref="A183:A186">
     <cfRule type="duplicateValues" dxfId="86" priority="11"/>
     <cfRule type="duplicateValues" dxfId="85" priority="12"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A199">
+  <conditionalFormatting sqref="A197">
     <cfRule type="duplicateValues" dxfId="84" priority="8"/>
     <cfRule type="duplicateValues" dxfId="83" priority="9"/>
     <cfRule type="cellIs" dxfId="82" priority="10" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A199">
+  <conditionalFormatting sqref="A197">
     <cfRule type="duplicateValues" dxfId="81" priority="6"/>
     <cfRule type="duplicateValues" dxfId="80" priority="7"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A150">
     <cfRule type="duplicateValues" dxfId="79" priority="3"/>
     <cfRule type="duplicateValues" dxfId="78" priority="4"/>
     <cfRule type="cellIs" dxfId="77" priority="5" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A150">
     <cfRule type="duplicateValues" dxfId="76" priority="1"/>
     <cfRule type="duplicateValues" dxfId="75" priority="2"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A40:A41">
     <cfRule type="duplicateValues" dxfId="74" priority="27"/>
     <cfRule type="duplicateValues" dxfId="73" priority="28"/>
     <cfRule type="cellIs" dxfId="72" priority="29" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A40:A41">
     <cfRule type="duplicateValues" dxfId="71" priority="30"/>
     <cfRule type="duplicateValues" dxfId="70" priority="31"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A168:A172">
+  <conditionalFormatting sqref="A166:A170">
     <cfRule type="duplicateValues" dxfId="69" priority="32"/>
     <cfRule type="duplicateValues" dxfId="68" priority="33"/>
     <cfRule type="cellIs" dxfId="67" priority="34" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A168:A172">
+  <conditionalFormatting sqref="A166:A170">
     <cfRule type="duplicateValues" dxfId="66" priority="35"/>
     <cfRule type="duplicateValues" dxfId="65" priority="36"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A48:A52">
     <cfRule type="duplicateValues" dxfId="64" priority="42"/>
     <cfRule type="duplicateValues" dxfId="63" priority="43"/>
     <cfRule type="cellIs" dxfId="62" priority="44" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A48:A52">
     <cfRule type="duplicateValues" dxfId="61" priority="45"/>
     <cfRule type="duplicateValues" dxfId="60" priority="46"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A34:A36">
     <cfRule type="duplicateValues" dxfId="59" priority="47"/>
     <cfRule type="duplicateValues" dxfId="58" priority="48"/>
     <cfRule type="cellIs" dxfId="57" priority="49" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A34:A36">
     <cfRule type="duplicateValues" dxfId="56" priority="50"/>
     <cfRule type="duplicateValues" dxfId="55" priority="51"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A7:A9">
     <cfRule type="duplicateValues" dxfId="54" priority="52"/>
     <cfRule type="duplicateValues" dxfId="53" priority="53"/>
     <cfRule type="cellIs" dxfId="52" priority="54" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A7:A9">
     <cfRule type="duplicateValues" dxfId="51" priority="55"/>
     <cfRule type="duplicateValues" dxfId="50" priority="56"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A215:A216">
+  <conditionalFormatting sqref="A213:A214">
     <cfRule type="duplicateValues" dxfId="49" priority="57"/>
     <cfRule type="duplicateValues" dxfId="48" priority="58"/>
     <cfRule type="cellIs" dxfId="47" priority="59" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A215:A216">
+  <conditionalFormatting sqref="A213:A214">
     <cfRule type="duplicateValues" dxfId="46" priority="60"/>
     <cfRule type="duplicateValues" dxfId="45" priority="61"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A110:A112">
     <cfRule type="duplicateValues" dxfId="44" priority="62"/>
     <cfRule type="duplicateValues" dxfId="43" priority="63"/>
     <cfRule type="cellIs" dxfId="42" priority="64" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A110:A112">
     <cfRule type="duplicateValues" dxfId="41" priority="65"/>
     <cfRule type="duplicateValues" dxfId="40" priority="66"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A193:A195">
+  <conditionalFormatting sqref="A191:A193">
     <cfRule type="duplicateValues" dxfId="39" priority="72"/>
     <cfRule type="duplicateValues" dxfId="38" priority="73"/>
     <cfRule type="cellIs" dxfId="37" priority="74" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A193:A195">
+  <conditionalFormatting sqref="A191:A193">
     <cfRule type="duplicateValues" dxfId="36" priority="75"/>
     <cfRule type="duplicateValues" dxfId="35" priority="76"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A96:A102">
     <cfRule type="duplicateValues" dxfId="34" priority="77"/>
     <cfRule type="duplicateValues" dxfId="33" priority="78"/>
     <cfRule type="cellIs" dxfId="32" priority="79" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A96:A102">
     <cfRule type="duplicateValues" dxfId="31" priority="80"/>
     <cfRule type="duplicateValues" dxfId="30" priority="81"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A135">
     <cfRule type="duplicateValues" dxfId="29" priority="82"/>
     <cfRule type="duplicateValues" dxfId="28" priority="83"/>
     <cfRule type="cellIs" dxfId="27" priority="84" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A135">
     <cfRule type="duplicateValues" dxfId="26" priority="85"/>
     <cfRule type="duplicateValues" dxfId="25" priority="86"/>
   </conditionalFormatting>
@@ -30070,132 +29975,132 @@
     <cfRule type="duplicateValues" dxfId="21" priority="90"/>
     <cfRule type="duplicateValues" dxfId="20" priority="91"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A6">
     <cfRule type="duplicateValues" dxfId="19" priority="92"/>
     <cfRule type="duplicateValues" dxfId="18" priority="93"/>
     <cfRule type="cellIs" dxfId="17" priority="94" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A6">
     <cfRule type="duplicateValues" dxfId="16" priority="95"/>
     <cfRule type="duplicateValues" dxfId="15" priority="96"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A123:A126">
     <cfRule type="duplicateValues" dxfId="14" priority="97"/>
     <cfRule type="duplicateValues" dxfId="13" priority="98"/>
     <cfRule type="cellIs" dxfId="12" priority="99" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A123:A126">
     <cfRule type="duplicateValues" dxfId="11" priority="100"/>
     <cfRule type="duplicateValues" dxfId="10" priority="101"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A154:A160">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="7" priority="686" operator="equal">
+  <conditionalFormatting sqref="A163:A170">
+    <cfRule type="duplicateValues" dxfId="9" priority="727"/>
+    <cfRule type="duplicateValues" dxfId="8" priority="728"/>
+    <cfRule type="cellIs" dxfId="7" priority="729" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A154:A160">
-[...1 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="5" priority="691"/>
+  <conditionalFormatting sqref="A163:A170">
+    <cfRule type="duplicateValues" dxfId="6" priority="733"/>
+    <cfRule type="duplicateValues" dxfId="5" priority="734"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A165:A172">
-[...2 lines deleted...]
-    <cfRule type="cellIs" dxfId="2" priority="729" operator="equal">
+  <conditionalFormatting sqref="A154:A158">
+    <cfRule type="duplicateValues" dxfId="4" priority="839"/>
+    <cfRule type="duplicateValues" dxfId="3" priority="840"/>
+    <cfRule type="cellIs" dxfId="2" priority="841" operator="equal">
       <formula>229328.5</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A165:A172">
-[...1 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="0" priority="734"/>
+  <conditionalFormatting sqref="A154:A158">
+    <cfRule type="duplicateValues" dxfId="1" priority="845"/>
+    <cfRule type="duplicateValues" dxfId="0" priority="846"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист8"/>
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.140625" customWidth="1"/>
     <col min="3" max="3" width="11" customWidth="1"/>
     <col min="4" max="4" width="32.85546875" customWidth="1"/>
-    <col min="5" max="5" width="19.85546875" style="45" customWidth="1"/>
+    <col min="5" max="5" width="19.85546875" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="82"/>
-[...3 lines deleted...]
-      <c r="E1" s="49"/>
+      <c r="A1" s="81"/>
+      <c r="B1" s="82"/>
+      <c r="C1" s="82"/>
+      <c r="D1" s="82"/>
+      <c r="E1" s="48"/>
     </row>
     <row r="2" spans="1:5" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="33" t="s">
+      <c r="A2" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="B2" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="76" t="s">
-        <v>1231</v>
+      <c r="E2" s="75" t="s">
+        <v>1227</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="31">
+      <c r="A3" s="30">
         <v>220044</v>
       </c>
-      <c r="B3" s="29" t="s">
-        <v>1216</v>
+      <c r="B3" s="28" t="s">
+        <v>1212</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>1217</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1213</v>
+      </c>
+      <c r="E3" s="50" t="s">
+        <v>1228</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>