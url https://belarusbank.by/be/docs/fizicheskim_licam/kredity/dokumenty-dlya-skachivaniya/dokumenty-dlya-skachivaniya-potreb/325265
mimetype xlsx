--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1,601 +1,909 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
-  <workbookPr filterPrivacy="1" defaultThemeVersion="164011"/>
+  <workbookPr defaultThemeVersion="164011"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\b00004215\Desktop\ЛЕШИН ОТЧЕТ\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13545"/>
   </bookViews>
   <sheets>
     <sheet name="Отчёт" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="486" uniqueCount="329">
   <si>
     <t>Наименование ОТС</t>
   </si>
   <si>
     <t>Категоря товара</t>
   </si>
   <si>
+    <t>Адрес</t>
+  </si>
+  <si>
     <t>СОАО "Минск-Лада"</t>
   </si>
   <si>
     <t>Транспортные средства</t>
   </si>
   <si>
     <t>г Минск, ул. СЕРОВА А.К., 1-302</t>
   </si>
   <si>
     <t>ООО "ЛАНКОР"</t>
   </si>
   <si>
     <t>г Минск, пер. КОЗЛОВА, 29-комн.3</t>
   </si>
   <si>
     <t>ООО "Автопромсервис"</t>
   </si>
   <si>
     <t>г Минск, ул. МАШИНОСТРОИТЕЛЕЙ, 9</t>
   </si>
   <si>
+    <t>ООО "Автосалон-АВ"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. СЕРОВА А.К., 1</t>
+  </si>
+  <si>
+    <t>ООО "ФелОкт-сервис"</t>
+  </si>
+  <si>
+    <t>Аксессуары к автомобилю (автозапчасти);Транспортные средства</t>
+  </si>
+  <si>
+    <t>г Минск, ул. ПРИТЫЦКОГО С.О., 60"В"-комн.2</t>
+  </si>
+  <si>
     <t>ООО "АквилонАвто"</t>
   </si>
   <si>
     <t>г Минск, ул. СОЦИАЛИСТИЧЕСКАЯ, 22-1</t>
   </si>
   <si>
     <t>ОДО "ШикАвто"</t>
   </si>
   <si>
-    <t>Аксессуары к автомобилю (автозапчасти);Транспортные средства</t>
-[...1 lines deleted...]
-  <si>
     <t>г Минск, пр. ПОБЕДИТЕЛЕЙ, 84-2 (офис 4</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "СильверФлекс"</t>
   </si>
   <si>
     <t>Город Минск, Улица Домбровская,  д.10, кв.25</t>
   </si>
   <si>
     <t>ООО "Автохаус Мегаполис"</t>
   </si>
   <si>
     <t>г Минск, пр. ПОБЕДИТЕЛЕЙ, 111А-17</t>
   </si>
   <si>
     <t>ООО "Автокредо плюс"</t>
   </si>
   <si>
     <t>г Минск, ул. РАДИАЛЬНАЯ, 18-4</t>
   </si>
   <si>
+    <t>ООО "ДрайвМоторс"</t>
+  </si>
+  <si>
+    <t>г Минск, тр. ДОЛГИНОВСКИЙ, 186</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью "Голден Моторс"</t>
   </si>
   <si>
     <t>Город Минск, Улица Тимирязева,  д.46,  корп.1, кв.1й этаж</t>
   </si>
   <si>
     <t>ИП Расули Шекиб Гулам Гаус</t>
   </si>
   <si>
     <t>г Минск, ул. СТАРИНОВСКАЯ, 31-65</t>
   </si>
   <si>
     <t>ООО "Лозанж"</t>
   </si>
   <si>
     <t>г Минск, пр. ДЗЕРЖИНСКОГО, 134</t>
   </si>
   <si>
+    <t>ООО "ВитебскАвтоСити Плюс"</t>
+  </si>
+  <si>
+    <t>г Витебск, ул. ВОРОНОВСКИЙ С/С, ТЕРРИТОРИЯ М-8, 88 КМ, 2-68а</t>
+  </si>
+  <si>
     <t>ООО "Автомагазин Бай"</t>
   </si>
   <si>
     <t>г Минск, ул. ЖУДРО, 57-5(под.2)</t>
   </si>
   <si>
     <t>ИП Желток Владимир Иванович</t>
   </si>
   <si>
     <t>г Минск, ул. БРАТСКАЯ, 10-213</t>
   </si>
   <si>
+    <t>ООО "Лакшери Моторс плюс"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. МАЯКОВСКОГО, 2-20а</t>
+  </si>
+  <si>
+    <t>ООО "НИКСКАПИТАЛ"</t>
+  </si>
+  <si>
+    <t>Аксессуары к автомобилю (автозапчасти);Разное;Транспортные средства</t>
+  </si>
+  <si>
+    <t>г Минск, ул. ЯКУБА КОЛАСА, 4-пом.5н</t>
+  </si>
+  <si>
     <t>ООО "Автоцентр на МКАД"</t>
   </si>
   <si>
     <t>г Минск, ул. ВАУПШАСОВА, 55</t>
   </si>
   <si>
     <t>ИП Горбачёв Александр Сергеевич</t>
   </si>
   <si>
     <t>г Минск, ул. ОЛЕГА КОШЕВОГО, 7-44</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью "Автомобильное агентство СелектАвто"</t>
+  </si>
+  <si>
+    <t>Город Минск, Проспект Независимости,  д.169, кв.9</t>
+  </si>
+  <si>
+    <t>ООО "Атлант-М Независимость"</t>
+  </si>
+  <si>
+    <t>г Минск, пр. НЕЗАВИСИМОСТИ, 202/3-19, 2 эта</t>
+  </si>
+  <si>
+    <t>ООО "ИнвестАвтоМаркет"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. НАПОЛЕОНА ОРДЫ, 32а-часть ст4</t>
+  </si>
+  <si>
     <t>ООО "Всем на пользу"</t>
   </si>
   <si>
     <t>г Минск, ул. ГИНТОВТА, 12а-219</t>
   </si>
   <si>
+    <t>ООО "Зелёные автомобили"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. ТИМИРЯЗЕВА, 114-6-3</t>
+  </si>
+  <si>
     <t>ООО "Восточное солнце"</t>
   </si>
   <si>
     <t>г Минск, ул. МАШИНОСТРОИТЕЛЕЙ, 29-77(318)</t>
   </si>
   <si>
     <t>ООО "ЗУБР АВТОГРУПП"</t>
   </si>
   <si>
     <t>г Минск, ул. МИНСКАЯ КОЛЬЦЕВАЯ АВТОМОБИЛЬНА, 303-18</t>
   </si>
   <si>
+    <t>ООО "Эволюция-Моторс"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. ОЛЕШЕВА, 9-ПОМ.5</t>
+  </si>
+  <si>
     <t>ООО "Голден Стар Прайм"</t>
   </si>
   <si>
     <t>г Минск, ул. ЛЬВА ТОЛСТОГО, 1-1 (офис 5</t>
   </si>
   <si>
+    <t>ООО "Автосэвн Хаус"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. СКРЫГАНОВА, 6/1-пом.9 к31</t>
+  </si>
+  <si>
     <t>ООО "ИВИ Панда"</t>
   </si>
   <si>
     <t>г Минск, пр. ПОБЕДИТЕЛЕЙ, 4-144</t>
   </si>
   <si>
+    <t>ООО "СелектАвтоЕВ"</t>
+  </si>
+  <si>
+    <t>г Минск, пр. НЕЗАВИСИМОСТИ, 169-пом.038</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "Атлант-М Электромобили"</t>
+  </si>
+  <si>
+    <t>Город Минск, Улица Шаранговича,  д.22, кв.34</t>
+  </si>
+  <si>
     <t>ООО "Зикер Авто"</t>
   </si>
   <si>
     <t>г Минск, пр. НЕЗАВИСИМОСТИ, 84А</t>
   </si>
   <si>
     <t>ООО "МарсКарс"</t>
   </si>
   <si>
     <t>г Минск, ул. МАКАЁНКА, 12E-298</t>
   </si>
   <si>
+    <t>ООО "Солюшн Инвест"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. НАХИМОВА, 12-104</t>
+  </si>
+  <si>
     <t>ООО "Град Севен Моторс"</t>
   </si>
   <si>
     <t>г Минск, ул. ТИМИРЯЗЕВА, 123/2-160а</t>
   </si>
   <si>
+    <t>ООО "Ист Технолоджи"</t>
+  </si>
+  <si>
+    <t>г. Минск, ул. Казимировская, 35</t>
+  </si>
+  <si>
     <t>ООО "ТОПЕВ"</t>
   </si>
   <si>
     <t>г Минск,  ,</t>
   </si>
   <si>
     <t>ООО "Дзен Драйв"</t>
   </si>
   <si>
     <t>г Минск, ул. ТИМИРЯЗЕВА, 65А-401</t>
   </si>
   <si>
     <t>ООО "Пекин Моторс"</t>
   </si>
   <si>
     <t>г Минск, ул. МОГИЛЁВСКАЯ, 5-413</t>
   </si>
   <si>
+    <t>ООО "Драгон моторс сейлз"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. БИРЮЗОВА, 10А-6Н</t>
+  </si>
+  <si>
     <t>ООО "Атлант-М Центр"</t>
   </si>
   <si>
     <t>г Минск, ул. ШАРАНГОВИЧА, 22/1-11</t>
   </si>
   <si>
     <t>ООО "Компания ЭлектроМоторс"</t>
   </si>
   <si>
     <t>г Минск, ул. НЕМИГА, 5-602</t>
   </si>
   <si>
+    <t>ООО "ДабракарГрупп"</t>
+  </si>
+  <si>
+    <t>г Минск, пр. НЕЗАВИСИМОСТИ, 165А</t>
+  </si>
+  <si>
     <t>ООО "ДжиБиТи"</t>
   </si>
   <si>
     <t>г Минск, ул. ЖЕЛЕЗНОДОРОЖНАЯ, 33А-402</t>
   </si>
   <si>
     <t>ООО "АвтоМечтаБАЙ"</t>
   </si>
   <si>
     <t>г Минск, пер. РАДИАТОРНЫЙ 4-Й, 8-303</t>
   </si>
   <si>
     <t>ООО "Каролекс-трейд"</t>
   </si>
   <si>
     <t>г Минск, ул. СКРЫГАНОВА, 6/1-9 (к.365)</t>
   </si>
   <si>
+    <t>ООО "АвтоХаус Шелковый путь"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. БЕРУТА, 3Б-п2, к37/6</t>
+  </si>
+  <si>
     <t>ОООКомпания по продаже автомобилей Синфу</t>
   </si>
   <si>
     <t>г Минск, ул. СТАРИНОВСКАЯ, 15-9н</t>
   </si>
   <si>
+    <t>ООО "Юньлянь  Будущая энергия технологии</t>
+  </si>
+  <si>
+    <t>г Минск, пр. ПОБЕДИТЕЛЕЙ, 7А-36</t>
+  </si>
+  <si>
     <t>ООО "Инновационное мышление"</t>
   </si>
   <si>
     <t>г Минск, ул. МАШИНОСТРОИТЕЛЕЙ, 29-77</t>
   </si>
   <si>
+    <t>ООО "ПроЛогистикСервис"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. БАБУШКИНА, 90-201</t>
+  </si>
+  <si>
     <t>ООО " НМЦ-Авто "</t>
   </si>
   <si>
     <t>г Минск, ул. ТИМИРЯЗЕВА, 121/3-21</t>
   </si>
   <si>
     <t>ООО "Тру Моторс"</t>
   </si>
   <si>
     <t>г Минск, ул. СКРЫГАНОВА, 6-7</t>
   </si>
   <si>
     <t>ООО "ЦД ЭлектроКар"</t>
   </si>
   <si>
     <t>г Минск, ул. АРАНСКАЯ, 8-102</t>
   </si>
   <si>
     <t>ООО ДФСК-Град Севен Моторс</t>
   </si>
   <si>
     <t>г Минск, ул. ТИМИРЯЗЕВА, 123/2, 4 этаж-№160а</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью "Авто под ключ"</t>
+  </si>
+  <si>
+    <t>Город Минск, Улица Гамарника,  д.30, кв.409</t>
+  </si>
+  <si>
+    <t>ООО "ЭРЭН КАРС"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. КАРБЫШЕВА, 25а</t>
+  </si>
+  <si>
     <t>ООО "СРДЖ Мотор"</t>
   </si>
   <si>
     <t>г Минск, пр. ДЗЕРЖИНСКОГО, 21-511</t>
   </si>
   <si>
+    <t>ООО "Хэн тун"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. 2-Я ШЕСТАЯ ЛИНИЯ, 11- 6а-8-73</t>
+  </si>
+  <si>
     <t>ООО "Юнайтед Авто Трейд"</t>
   </si>
   <si>
     <t>г Минск, ул. ПРУШИНСКИХ, 31а-79</t>
   </si>
   <si>
     <t>ООО "Гардар престиж"</t>
   </si>
   <si>
     <t>г Минск, ул. БЕГОМЛЬСКАЯ, 15-110</t>
   </si>
   <si>
+    <t>ООО "Левел Импорт"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. ГИНТОТА, 12а-219</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью "Ван Голд Карс"</t>
   </si>
   <si>
     <t>Город Минск, Улица Кульман,  д.5Б, кв.55</t>
   </si>
   <si>
+    <t>ООО "ЭлектроЭвоКарс"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. ГОРОДЕЦКАЯ, 38А-21</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью "Лучшие Авто"</t>
   </si>
   <si>
     <t>Город Минск, Проспект Газеты Звязда,  д.16, кв.53 (офис 4Н)</t>
   </si>
   <si>
+    <t>ООО "Энтерпрайзис"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. ТИМИРЯЗЕВА, 65А-41</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью "Простое Авто"</t>
   </si>
   <si>
     <t>Город Минск, Переулок Томский,  д.35, кв.13</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Инком Авто Драйв"</t>
   </si>
   <si>
     <t>Город Минск, Улица Жореса Алфёрова,  д.5, кв.26</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "АвласКарс"</t>
   </si>
   <si>
     <t>Город Минск, Улица Франциска Скорины,  д.2, кв.3</t>
   </si>
   <si>
+    <t>ИП КАЧИНСКИЙ ПЕТР БРОНИСЛАВОВИЧ</t>
+  </si>
+  <si>
+    <t>г Барановичи, пр. СОВЕТСКИЙ, 9-19</t>
+  </si>
+  <si>
     <t>ООО "Альфорт"</t>
   </si>
   <si>
     <t>г Гродно, ул. ПУЧКОВА, 36-1</t>
   </si>
   <si>
     <t>ООО "БелТоргСтройОпт"</t>
   </si>
   <si>
     <t>г Брест, ул. ЯСЕНЕВАЯ, 20/а</t>
   </si>
   <si>
     <t>ООО "БелАВТОномия"</t>
   </si>
   <si>
     <t>г Брест, ул. ДВОРНИКОВА, 1</t>
   </si>
   <si>
     <t>ИП Мансарлийский Роман Михайлович</t>
   </si>
   <si>
     <t>г Брест, ул. ГЕРОЕВ ОБОРОНЫ БРЕСТСКОЙ КРЕПО, 15-25</t>
   </si>
   <si>
+    <t>ИП Новиков Дмитрий Сергеевич</t>
+  </si>
+  <si>
+    <t>г Брест, ул. ГЕРОЕВ ОБОРОНЫ БРЕСТСКОЙ КРЕПО, 70-36</t>
+  </si>
+  <si>
     <t>ООО "Автопрайм-Моторс"</t>
   </si>
   <si>
     <t>г Брест, ул. ЯНКИ КУПАЛЫ, 19A2-3</t>
   </si>
   <si>
     <t>ИП Баландюк Никита Александрович</t>
   </si>
   <si>
     <t>г Пинск, пр-д БЛОКА, 3</t>
   </si>
   <si>
     <t>ООО "ГринХабГлобал"</t>
   </si>
   <si>
     <t>г Брест, шоссе ВАРШАВСКОЕ, 43-316</t>
   </si>
   <si>
     <t>ООО "АвтохаусБрест"</t>
   </si>
   <si>
     <t>г Брест, ул. КОММЕРЧЕСКАЯ, 5В</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "АвтоМегаБрест"</t>
   </si>
   <si>
     <t>Город Брест, Улица Коммерческая,  д.17/1</t>
   </si>
   <si>
     <t>ИП Гутник Дмитрий Геннадьевич</t>
   </si>
   <si>
     <t>г Барановичи, ул. КОСМОНАВТОВ, 14-74</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель Дехтерук Павел Михайлович</t>
   </si>
   <si>
     <t>Город Брест, Улица Садовая,  д.47</t>
   </si>
   <si>
+    <t>ООО "Авто 7777"</t>
+  </si>
+  <si>
+    <t>г Пинск, ул. КРАЙНЯЯ, 15</t>
+  </si>
+  <si>
     <t>Частное предприятие "АвтоХабПинск"</t>
   </si>
   <si>
     <t>г Пинск, ул. ПАРКОВАЯ, 136</t>
   </si>
   <si>
+    <t>ООО "ДДКарс"</t>
+  </si>
+  <si>
+    <t>г Пинск, ул. 60 ЛЕТ ОКТЯБРЯ, 16/А</t>
+  </si>
+  <si>
     <t>ООО "МоллАвто Брест"</t>
   </si>
   <si>
     <t>г Брест, ул. ГРОДНЕНСКАЯ, 14</t>
   </si>
   <si>
     <t>ООО "АвтоКарЭкспорт"</t>
   </si>
   <si>
     <t>г Брест, ул. ГЕРОЕВ ОБОРОНЫ БРЕСТСКОЙ КРЕПО, 7-1-7</t>
   </si>
   <si>
     <t>ООО "ЛитиоТранс"</t>
   </si>
   <si>
     <t>г Брест, ул. СОВЕТСКАЯ, 68-44</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью "ЧиртаАвто"</t>
+  </si>
+  <si>
+    <t>Брестская обл., р-н Барановичский, Столовичский с/с, Деревня СТАЙКИ, Улица Парковая,  д.2, кв.4</t>
+  </si>
+  <si>
+    <t>ООО "БелРумАвто"</t>
+  </si>
+  <si>
+    <t>г Барановичи, ул. КИРОВА, 68-68</t>
+  </si>
+  <si>
     <t>ООО "АвтоПоле"</t>
   </si>
   <si>
     <t>г Брест, ул. КАРЬЕРНАЯ, 11-13</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью  "Автодом Гранд"</t>
   </si>
   <si>
     <t>Город Брест, Улица Гродненская,  д.32/1</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Авто ОЗ Брест"</t>
   </si>
   <si>
     <t>Город Брест, Улица Зубачёва,  д.2а</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ИмперияБрест"</t>
   </si>
   <si>
     <t>Город Брест, Улица Дубровская,  д.100/С-49957</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью "Эстетика движения"</t>
+  </si>
+  <si>
+    <t>Город Брест, Улица Коммерческая,  д.17H/3</t>
+  </si>
+  <si>
     <t>ЗАО "Фирма "Омега"</t>
   </si>
   <si>
     <t>г Витебск, пр. СТРОИТЕЛЕЙ, 11А-514</t>
   </si>
   <si>
     <t>ООО "АМИКО"</t>
   </si>
   <si>
     <t>г Витебск, ул. ПЕТРУСЯ БРОВКИ, 22А/1</t>
   </si>
   <si>
     <t>ООО "ВитебскАвтоСити"</t>
   </si>
   <si>
     <t>г Витебск,  М-8,88 КМ, 2</t>
   </si>
   <si>
     <t>ООО "ДжиМоторс"</t>
   </si>
   <si>
     <t>г Витебск, ул. ВОРОНОВСКИЙ С/С, ТЕРРИТОРИЯ М-8, 88 КМ, 2-70</t>
   </si>
   <si>
     <t>ООО "Е-Пауэр"</t>
   </si>
   <si>
     <t>г Орша, ул. АЛЕКСАНДРА ОСТРОВСКОГО, 3-16/7</t>
   </si>
   <si>
     <t>ООО "Метрополь-Авто"</t>
   </si>
   <si>
     <t>г Минск, пер. МОЖАЙСКИЙ 3-Й, 11-111</t>
   </si>
   <si>
     <t>Частное предприятие "Автохаус Витебск"</t>
   </si>
   <si>
     <t>г Витебск, пр. МОСКОВСКИЙ, 57А</t>
   </si>
   <si>
+    <t>ИП Левин Александр Игоревич</t>
+  </si>
+  <si>
+    <t>г Полоцк, ул. СПОРТИВНАЯ, 19-7</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью "Автохаус Полоцк"</t>
   </si>
   <si>
     <t>Витебская обл., р-н Полоцкий, Город ПОЛОЦК, Улица Строительная,  д.4 Д</t>
   </si>
   <si>
+    <t>ООО "Е-ПАУЭР бай"</t>
+  </si>
+  <si>
+    <t>г Орша, ул. ПАНТЕЛЕЙМОНА ЛЕПЕШИНСКОГО, 67/7-1</t>
+  </si>
+  <si>
     <t>ОДО "НТС"</t>
   </si>
   <si>
     <t>г Гомель, ул. ХУТОРЯНСКОГО, 35/а</t>
   </si>
   <si>
     <t>ООО "Автонова"</t>
   </si>
   <si>
     <t>г Гомель, ул. ХАТАЕВИЧА, 32</t>
   </si>
   <si>
+    <t>ООО "АвиАвтоБай"</t>
+  </si>
+  <si>
+    <t>г Гомель, ул. БАРЫКИНА, 254Ж</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "Титан Авто Групп"</t>
+  </si>
+  <si>
+    <t>Город Гомель, Улица Лепешинского,  д.7И, кв.221</t>
+  </si>
+  <si>
+    <t>Частное унитарное предприятие "АвтоБазар</t>
+  </si>
+  <si>
+    <t>г Гомель, ул. БАРЫКИНА, 1-3-1</t>
+  </si>
+  <si>
+    <t>ООО "Сток Авто"</t>
+  </si>
+  <si>
+    <t>г Гомель, ул. МЕЖДУГОРОДНЯЯ, 22а</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью "ПрофитЭкспо"</t>
   </si>
   <si>
     <t>Город Гомель, Улица Луговая,  д.2а, кв.1</t>
   </si>
   <si>
+    <t>ООО "МарковАвтоКомпани"</t>
+  </si>
+  <si>
+    <t>г Гомель,  8-Я ТЕХНИЧЕСКАЯ, 2а</t>
+  </si>
+  <si>
+    <t>ООО "Автосалон-Альфа"</t>
+  </si>
+  <si>
+    <t>г Гомель, ул. ХАТАЕВИЧА, 31/а-б-н</t>
+  </si>
+  <si>
+    <t>ООО "РеспектАвтоАльянс"</t>
+  </si>
+  <si>
+    <t>г Гомель, ул. КРАСНОАРМЕЙСКАЯ, 19/а-б/н</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "ГомельАвтоТрейд"</t>
+  </si>
+  <si>
+    <t>Город Гомель, Улица Республиканская,  д.3, кв.б/н</t>
+  </si>
+  <si>
     <t>ИП Жгун Инесса Вячеславовна</t>
   </si>
   <si>
     <t>г Калинковичи, ул. МИРА, 53/А-50</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ЖгунАвтохаус"</t>
   </si>
   <si>
     <t>Гомельская обл., р-н Калинковичский, Город Калинковичи, Улица Мира,  д.53,  корп.А, кв.50</t>
   </si>
   <si>
     <t>ООО "Братья Вороновы"</t>
   </si>
   <si>
     <t>г Гродно, ул. ПОБЕДЫ, 17/б-20</t>
   </si>
   <si>
     <t>ООО "ТопНексткар"</t>
   </si>
   <si>
     <t>г Гродно, пр. ЯНКИ КУПАЛЫ, 87</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Автоевропа 17"</t>
   </si>
   <si>
     <t>Город Гродно, Улица Победы,  д.17</t>
   </si>
   <si>
+    <t>ООО "Мульти Крона Моторс"</t>
+  </si>
+  <si>
+    <t>г Минск, ул. НАРОЧАНСКАЯ, 6-500С-5652</t>
+  </si>
+  <si>
     <t>Индивидуальный предприниматель Дехтеревич Александр Сергеевич</t>
   </si>
   <si>
     <t>Гродненская обл., р-н Лидский, Город Лида, Улица 17 Верасня,  д.5, кв.59</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "СержМоторс"</t>
   </si>
   <si>
     <t>Гродненская обл., р-н Лидский, Город Лида, Улица Сосновый Бор,  д.16</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель Маргелевич Андрей Геннадьевич</t>
   </si>
   <si>
     <t>Гродненская обл., р-н Вороновский, Поселок городского типа Вороново, Улица Мицкевича,  д.8</t>
   </si>
   <si>
     <t>ИП Родько Виталий Михайлович</t>
   </si>
   <si>
     <t>г Гродно, ул. БЕЛУША, 20/б-96</t>
   </si>
   <si>
+    <t>ИП Лыскойть Сергей Генрихович</t>
+  </si>
+  <si>
+    <t>д Новосяды,  , 28</t>
+  </si>
+  <si>
     <t>ИП Залесский Денис Михайлович</t>
   </si>
   <si>
     <t>г Гродно, ул. СТАРОМАЛЫЩИНСКАЯ, 111-1</t>
   </si>
   <si>
     <t>ИП Апоник Максим Павлович</t>
   </si>
   <si>
     <t>г Гродно, пр. ЯНКИ КУПАЛЫ, 27-116</t>
   </si>
   <si>
     <t>ООО "Бутик-Инвест"</t>
   </si>
   <si>
     <t>г Ивье, ул. ЭНГЕЛЬСА, 1-1</t>
   </si>
   <si>
+    <t>ООО "ПАЛОМА СЕРВИС"</t>
+  </si>
+  <si>
+    <t>Аксессуары к автомобилю (автозапчасти);Мобильные телефоны;Транспортные средства;Электроника и бытовая техника</t>
+  </si>
+  <si>
+    <t>г Минск, пр. ПОБЕДИТЕЛЕЙ, 100-2</t>
+  </si>
+  <si>
+    <t>ООО "ПАРКВЭЙ"</t>
+  </si>
+  <si>
+    <t>д Орешники, ул. МАГИСТРАЛЬНАЯ, 2Б</t>
+  </si>
+  <si>
+    <t>ООО "ПАРАДАВТО"</t>
+  </si>
+  <si>
+    <t>г Борисов, ул. ДНЕПРОВСКАЯ, 58-36</t>
+  </si>
+  <si>
     <t>ООО "Хёндэ АвтоГрад"</t>
   </si>
   <si>
     <t>г Минск, ул. ТИМИРЯЗЕВА, 114-1</t>
   </si>
   <si>
     <t>ООО "Шанхай Моторс (МСК)"</t>
   </si>
   <si>
     <t>д Великий Камень,  ,</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Майкар займ"</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ, 223053, Минская, р-н Минский, Боровлянский с/с, Деревня Боровая ,  корп.Главный корпус, кв.каб. 432, код СОАТО 6236806006</t>
   </si>
   <si>
     <t>ООО "БелАвтоЭксперт"</t>
   </si>
   <si>
     <t>г Минск, ул. ТИМИРЯЗЕВА, 119-114</t>
   </si>
   <si>
     <t>ООО "Белавтоспецгрупп-М"</t>
@@ -618,429 +926,132 @@
   <si>
     <t>ООО "ЛОРЭМВИТЭ"</t>
   </si>
   <si>
     <t>д Боровая,  РАЙОН Д.БОРОВАЯ, 1/главный-503/12-5</t>
   </si>
   <si>
     <t>ООО "Автосалон ЕВРОКАР"</t>
   </si>
   <si>
     <t>аг Щомыслица,  , 16-12/2</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ГТР-Групп"</t>
   </si>
   <si>
     <t>МИНСКАЯ обл., р-н МИНСКИЙ, ЩОМЫСЛИЦКИЙ с/с, Агрогородок ОЗЕРЦО ,  д.20</t>
   </si>
   <si>
     <t>ООО "ЯАР Групп"</t>
   </si>
   <si>
     <t>д Большое Стиклево,  Р-Н ДЕР.БОЛЬШОЕ СТИКЛЕВО БЦ "TEAM BUILDING", 83-пом.3</t>
   </si>
   <si>
+    <t>ООО "АвтоПанда"</t>
+  </si>
+  <si>
+    <t>п Привольный, ул. МИРА, 53/4-305</t>
+  </si>
+  <si>
+    <t>Частное предприятие "Теслакарс"</t>
+  </si>
+  <si>
+    <t>д Большое Стиклево,  БИЗНЕС-ЦЕНТР "TEAM BUILDING", -пом.3-6</t>
+  </si>
+  <si>
     <t>ООО "АВТОВЕЛЬТ"</t>
   </si>
   <si>
     <t>д Боровая,  , 1 главный/корпус-416/1</t>
   </si>
   <si>
     <t>ООО "Отличные авто"</t>
   </si>
   <si>
     <t>д Боровляны, ул. ИНТЕРНАЦИОНАЛЬНАЯ, 35-122</t>
   </si>
   <si>
     <t>ООО "АвтоХаб регион пять"</t>
   </si>
   <si>
     <t>г Борисов, ул. ДЗЕРЖИНСКОГО, 79-8/11</t>
   </si>
   <si>
+    <t>ООО "РК Пауэр Моторс"</t>
+  </si>
+  <si>
+    <t>аг Щомыслица,  ТРАССА Р-1, 9-ЫЙ КМ, 2A</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью "АвтоМарио"</t>
   </si>
   <si>
     <t>МИНСКАЯ обл., р-н МИНСКИЙ, ЩОМЫСЛИЦКИЙ с/с, Агрогородок ОЗЕРЦО ,  д.126, кв.54</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Прауд Авто"</t>
   </si>
   <si>
     <t>МИНСКАЯ обл., р-н МИНСКИЙ, ЩОМЫСЛИЦКИЙ с/с, Агрогородок ОЗЕРЦО ,  д.14/2, кв.39</t>
   </si>
   <si>
     <t>Частное торговое унитарное предприятие "АЛЬФААВТОГРУПП"</t>
   </si>
   <si>
     <t>МИНСКАЯ обл., р-н МИНСКИЙ, МИХАНОВИЧСКИЙ с/с, Агрогородок ЧУРИЛОВИЧИ, Улица Центральная,  д.17</t>
   </si>
   <si>
     <t>ООО "АВТОтраст"</t>
   </si>
   <si>
     <t>г Могилев, пр. ПУШКИНСКИЙ, 40д-7</t>
   </si>
   <si>
     <t>ИП Галковский Михаил Александрович</t>
   </si>
   <si>
     <t>г Могилев, ул. КАШТАНОВАЯ, 13-72</t>
   </si>
   <si>
     <t>ИП Клименков Дмитрий Леонидович</t>
   </si>
   <si>
     <t>г Могилев, ул. КАМАНИНА, 15</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ЯР-АВТО ТРЕЙД"</t>
   </si>
   <si>
     <t>Город Могилев, Переулок Комиссариатский,  д.5,  корп.а, кв.6а</t>
   </si>
   <si>
-    <t>ООО "Автосалон-АВ"</t>
-[...310 lines deleted...]
-  <si>
     <t>ООО "АТЛАНТ-М ЗАПАД"</t>
   </si>
   <si>
     <t>г Брест, ул. СТАРОЗАДВОРСКАЯ, 2-ком. 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Юридический адрес</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -1079,55 +1090,55 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1373,1875 +1384,1886 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:C165"/>
+  <dimension ref="A1:C166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H7" sqref="H7"/>
+      <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.7109375" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" customWidth="1"/>
     <col min="3" max="3" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="3"/>
-[...1 lines deleted...]
-      <c r="C1" s="3"/>
+      <c r="A1" s="2"/>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>326</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" s="1">
         <v>2</v>
       </c>
       <c r="C3" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="2" t="s">
+      <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="2" t="s">
-        <v>4</v>
+      <c r="B5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C6" s="2" t="s">
+      <c r="A6" s="3" t="s">
         <v>6</v>
       </c>
+      <c r="B6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="7" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>8</v>
       </c>
+      <c r="B7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C8" s="2" t="s">
+      <c r="A8" s="3" t="s">
         <v>10</v>
       </c>
+      <c r="B8" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="9" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="2" t="s">
+      <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="2" t="s">
+      <c r="C9" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="2" t="s">
+    </row>
+    <row r="10" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="2" t="s">
+      <c r="B10" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="2" t="s">
+    </row>
+    <row r="11" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="2" t="s">
+      <c r="B11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="2" t="s">
+    </row>
+    <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B12" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="2" t="s">
+    </row>
+    <row r="13" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>21</v>
       </c>
+      <c r="B13" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="14" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C14" s="2" t="s">
+      <c r="A14" s="3" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="2" t="s">
+      <c r="B14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="2" t="s">
+    </row>
+    <row r="15" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="2" t="s">
+    </row>
+    <row r="16" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>27</v>
       </c>
+      <c r="B16" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C17" s="2" t="s">
+      <c r="A17" s="3" t="s">
         <v>29</v>
       </c>
+      <c r="B17" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C18" s="2" t="s">
+      <c r="A18" s="3" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="2" t="s">
+      <c r="B18" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="2" t="s">
+    </row>
+    <row r="19" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
         <v>33</v>
       </c>
+      <c r="B19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C20" s="2" t="s">
+      <c r="A20" s="3" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="2" t="s">
+    </row>
+    <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>37</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B21" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="2" t="s">
+    </row>
+    <row r="22" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>39</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="2" t="s">
+      <c r="B22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="2" t="s">
+    </row>
+    <row r="23" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
         <v>41</v>
       </c>
+      <c r="B23" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="24" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
+      <c r="A24" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B24" s="2" t="s">
-[...46 lines deleted...]
-      <c r="C28" s="2" t="s">
+      <c r="C27" s="3" t="s">
         <v>51</v>
       </c>
     </row>
+    <row r="28" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
     <row r="29" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A30" s="2" t="s">
+      <c r="A29" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="2" t="s">
+      <c r="B29" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="3" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="31" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+    <row r="30" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="2" t="s">
+      <c r="B30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" s="3" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="32" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
+    <row r="31" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B32" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="2" t="s">
+      <c r="B31" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="33" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
+    <row r="32" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="2" t="s">
+      <c r="B32" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="3" t="s">
         <v>61</v>
       </c>
     </row>
+    <row r="33" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
     <row r="34" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A34" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A35" s="2" t="s">
+      <c r="A34" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B35" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="2" t="s">
+      <c r="B34" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="3" t="s">
         <v>65</v>
       </c>
     </row>
+    <row r="35" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
     <row r="36" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A36" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A37" s="2" t="s">
+      <c r="A36" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="2" t="s">
+      <c r="B36" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="3" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="38" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A38" s="2" t="s">
+    <row r="37" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B38" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="2" t="s">
+      <c r="B37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" s="3" t="s">
         <v>71</v>
       </c>
     </row>
+    <row r="38" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
     <row r="39" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
-[...6 lines deleted...]
-        <v>73</v>
+      <c r="A39" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A41" s="2" t="s">
+      <c r="A40" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="2" t="s">
+      <c r="B40" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="3" t="s">
         <v>77</v>
       </c>
     </row>
+    <row r="41" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
     <row r="42" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A43" s="2" t="s">
+      <c r="A42" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B43" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="2" t="s">
+      <c r="B42" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="3" t="s">
         <v>81</v>
       </c>
     </row>
+    <row r="43" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
     <row r="44" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A45" s="2" t="s">
+      <c r="A44" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="2" t="s">
+      <c r="B44" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="3" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="46" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
+    <row r="45" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B46" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="2" t="s">
+      <c r="B45" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="3" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="47" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A47" s="2" t="s">
+    <row r="46" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B47" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="2" t="s">
+      <c r="B46" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="3" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="48" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
+    <row r="47" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="2" t="s">
+      <c r="B47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C47" s="3" t="s">
         <v>91</v>
       </c>
     </row>
+    <row r="48" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
     <row r="49" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A50" s="2" t="s">
+      <c r="A49" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B50" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="2" t="s">
+      <c r="B49" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C49" s="3" t="s">
         <v>95</v>
       </c>
     </row>
+    <row r="50" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
     <row r="51" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A51" s="2" t="s">
-[...6 lines deleted...]
-        <v>97</v>
+      <c r="A51" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A52" s="2" t="s">
-[...6 lines deleted...]
-        <v>99</v>
+      <c r="A52" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="53" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A53" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A54" s="2" t="s">
+      <c r="A53" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B54" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="2" t="s">
+      <c r="B53" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C53" s="3" t="s">
         <v>103</v>
       </c>
     </row>
+    <row r="54" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
     <row r="55" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A55" s="2" t="s">
-[...6 lines deleted...]
-        <v>105</v>
+      <c r="A55" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="56" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A56" s="2" t="s">
-[...6 lines deleted...]
-        <v>107</v>
+      <c r="A56" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="57" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A57" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A58" s="2" t="s">
+      <c r="A57" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B58" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="2" t="s">
+      <c r="B57" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="3" t="s">
         <v>111</v>
       </c>
     </row>
+    <row r="58" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
     <row r="59" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A59" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A60" s="2" t="s">
+      <c r="A59" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B60" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="2" t="s">
+      <c r="B59" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="3" t="s">
         <v>115</v>
       </c>
     </row>
+    <row r="60" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
     <row r="61" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A61" s="2" t="s">
-[...6 lines deleted...]
-        <v>117</v>
+      <c r="A61" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="62" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A62" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A63" s="2" t="s">
+      <c r="A62" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B63" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="2" t="s">
+      <c r="B62" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>121</v>
       </c>
     </row>
+    <row r="63" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
     <row r="64" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A64" s="2" t="s">
-[...6 lines deleted...]
-        <v>123</v>
+      <c r="A64" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A66" s="2" t="s">
+      <c r="A65" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B66" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="2" t="s">
+      <c r="B65" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="3" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="67" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A67" s="2" t="s">
+    <row r="66" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B67" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="2" t="s">
+      <c r="B66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C66" s="3" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="68" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A68" s="2" t="s">
+    <row r="67" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B68" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="2" t="s">
+      <c r="B67" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="3" t="s">
         <v>131</v>
       </c>
     </row>
+    <row r="68" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
     <row r="69" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A69" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A70" s="2" t="s">
+      <c r="A69" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B70" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="2" t="s">
+      <c r="B69" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="3" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="71" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A71" s="2" t="s">
+    <row r="70" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B71" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="2" t="s">
+      <c r="B70" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="3" t="s">
         <v>137</v>
       </c>
     </row>
+    <row r="71" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
     <row r="72" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A72" s="2" t="s">
-[...6 lines deleted...]
-        <v>139</v>
+      <c r="A72" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="73" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A73" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A74" s="2" t="s">
+      <c r="A73" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B74" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="2" t="s">
+      <c r="B73" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="3" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="75" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
+    <row r="74" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B75" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="2" t="s">
+      <c r="B74" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="3" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="76" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A76" s="2" t="s">
+    <row r="75" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B76" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="2" t="s">
+      <c r="B75" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="3" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="77" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A77" s="2" t="s">
+    <row r="76" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B77" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="2" t="s">
+      <c r="B76" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="3" t="s">
         <v>149</v>
       </c>
     </row>
+    <row r="77" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
     <row r="78" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A78" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A79" s="2" t="s">
+      <c r="A78" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B79" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="2" t="s">
+      <c r="B78" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="3" t="s">
         <v>153</v>
       </c>
     </row>
+    <row r="79" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>155</v>
+      </c>
+    </row>
     <row r="80" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A81" s="2" t="s">
+      <c r="A80" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B81" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="2" t="s">
+      <c r="B80" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="3" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="82" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A82" s="2" t="s">
+    <row r="81" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B82" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="2" t="s">
+      <c r="B81" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="3" t="s">
         <v>159</v>
       </c>
     </row>
+    <row r="82" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
     <row r="83" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A83" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A84" s="2" t="s">
+      <c r="A83" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B84" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="2" t="s">
+      <c r="B83" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="3" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="85" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
+    <row r="84" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B85" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="2" t="s">
+      <c r="B84" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="3" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="86" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
+    <row r="85" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B86" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="2" t="s">
+      <c r="B85" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" s="3" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="87" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
+    <row r="86" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B87" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="2" t="s">
+      <c r="B86" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="3" t="s">
         <v>169</v>
       </c>
     </row>
+    <row r="87" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
     <row r="88" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A88" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A89" s="2" t="s">
+      <c r="A88" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B89" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="2" t="s">
+      <c r="B88" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="3" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="90" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
+    <row r="89" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A89" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B90" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="2" t="s">
+      <c r="B89" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="3" t="s">
         <v>175</v>
       </c>
     </row>
+    <row r="90" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A90" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
     <row r="91" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A91" s="2" t="s">
-[...6 lines deleted...]
-        <v>177</v>
+      <c r="A91" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="92" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A92" s="2" t="s">
-[...6 lines deleted...]
-        <v>179</v>
+      <c r="A92" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>181</v>
       </c>
     </row>
     <row r="93" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A93" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A94" s="2" t="s">
+      <c r="A93" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B94" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="2" t="s">
+      <c r="B93" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="3" t="s">
         <v>183</v>
       </c>
     </row>
+    <row r="94" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A94" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
     <row r="95" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A95" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A96" s="2" t="s">
+      <c r="A95" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B96" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="2" t="s">
+      <c r="B95" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="3" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="97" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A97" s="2" t="s">
+    <row r="96" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A96" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B97" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C97" s="2" t="s">
+      <c r="B96" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="3" t="s">
         <v>189</v>
       </c>
     </row>
+    <row r="97" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A97" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
     <row r="98" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A98" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A99" s="2" t="s">
+      <c r="A98" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B99" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C99" s="2" t="s">
+      <c r="B98" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="3" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="100" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A100" s="2" t="s">
+    <row r="99" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A99" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B100" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="2" t="s">
+      <c r="B99" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="3" t="s">
         <v>195</v>
       </c>
     </row>
+    <row r="100" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>197</v>
+      </c>
+    </row>
     <row r="101" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A101" s="2" t="s">
-[...6 lines deleted...]
-        <v>197</v>
+      <c r="A101" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="102" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A102" s="2" t="s">
-[...6 lines deleted...]
-        <v>199</v>
+      <c r="A102" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="103" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A103" s="2" t="s">
-[...6 lines deleted...]
-        <v>201</v>
+      <c r="A103" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="104" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A104" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A105" s="2" t="s">
+      <c r="A104" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B105" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C105" s="2" t="s">
+      <c r="B104" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="3" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="106" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A106" s="2" t="s">
+    <row r="105" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B106" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C106" s="2" t="s">
+      <c r="B105" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="3" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="107" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A107" s="2" t="s">
+    <row r="106" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B107" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="2" t="s">
+      <c r="B106" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="3" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="108" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A108" s="2" t="s">
+    <row r="107" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B108" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="2" t="s">
+      <c r="B107" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="3" t="s">
         <v>211</v>
       </c>
     </row>
+    <row r="108" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>213</v>
+      </c>
+    </row>
     <row r="109" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A109" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A110" s="2" t="s">
+      <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B110" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="2" t="s">
+      <c r="B109" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="3" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="111" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
+    <row r="110" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B111" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C111" s="2" t="s">
+      <c r="B110" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" s="3" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="112" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
+    <row r="111" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B112" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C112" s="2" t="s">
+      <c r="B111" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="3" t="s">
         <v>219</v>
       </c>
     </row>
+    <row r="112" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A112" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
     <row r="113" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A114" s="2" t="s">
+      <c r="A113" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B114" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C114" s="2" t="s">
+      <c r="B113" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="3" t="s">
         <v>223</v>
       </c>
     </row>
+    <row r="114" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>225</v>
+      </c>
+    </row>
     <row r="115" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A115" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A116" s="2" t="s">
+      <c r="A115" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B116" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="2" t="s">
+      <c r="B115" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C115" s="3" t="s">
         <v>227</v>
       </c>
     </row>
+    <row r="116" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
     <row r="117" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A117" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A118" s="2" t="s">
+      <c r="A117" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B118" s="2" t="s">
+      <c r="B117" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C117" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C118" s="2" t="s">
+    </row>
+    <row r="118" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
         <v>232</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A119" s="2" t="s">
+      <c r="B118" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C118" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B119" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C119" s="2" t="s">
+    </row>
+    <row r="119" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A119" s="3" t="s">
         <v>234</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A120" s="2" t="s">
+      <c r="B119" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B120" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="2" t="s">
+    </row>
+    <row r="120" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A120" s="3" t="s">
         <v>236</v>
       </c>
+      <c r="B120" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>237</v>
+      </c>
     </row>
     <row r="121" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C121" s="2" t="s">
+      <c r="A121" s="3" t="s">
         <v>238</v>
       </c>
+      <c r="B121" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>239</v>
+      </c>
     </row>
     <row r="122" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A122" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C122" s="2" t="s">
+      <c r="A122" s="3" t="s">
         <v>240</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A123" s="2" t="s">
+      <c r="B122" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C122" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B123" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C123" s="2" t="s">
+    </row>
+    <row r="123" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A123" s="3" t="s">
         <v>242</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A124" s="2" t="s">
+      <c r="B123" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B124" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C124" s="2" t="s">
+    </row>
+    <row r="124" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A124" s="3" t="s">
         <v>244</v>
       </c>
+      <c r="B124" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="125" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A125" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C125" s="2" t="s">
+      <c r="A125" s="3" t="s">
         <v>246</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A126" s="2" t="s">
+      <c r="B125" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B126" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C126" s="2" t="s">
+    </row>
+    <row r="126" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
         <v>248</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A127" s="2" t="s">
+      <c r="B126" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B127" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C127" s="2" t="s">
+    </row>
+    <row r="127" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
         <v>250</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A128" s="2" t="s">
+      <c r="B127" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B128" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C128" s="2" t="s">
+    </row>
+    <row r="128" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
         <v>252</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A129" s="2" t="s">
+      <c r="B128" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B129" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C129" s="2" t="s">
+    </row>
+    <row r="129" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A129" s="3" t="s">
         <v>254</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A130" s="2" t="s">
+      <c r="B129" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B130" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C130" s="2" t="s">
+    </row>
+    <row r="130" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
         <v>256</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A131" s="2" t="s">
+      <c r="B130" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B131" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C131" s="2" t="s">
+    </row>
+    <row r="131" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A131" s="3" t="s">
         <v>258</v>
       </c>
+      <c r="B131" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="132" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C132" s="2" t="s">
+      <c r="A132" s="3" t="s">
         <v>260</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A133" s="2" t="s">
+      <c r="B132" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B133" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C133" s="2" t="s">
+    </row>
+    <row r="133" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
         <v>262</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A134" s="2" t="s">
+      <c r="B133" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B134" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C134" s="2" t="s">
+    </row>
+    <row r="134" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
         <v>264</v>
       </c>
+      <c r="B134" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="135" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A135" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C135" s="2" t="s">
+      <c r="A135" s="3" t="s">
         <v>266</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A136" s="2" t="s">
+      <c r="B135" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B136" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C136" s="2" t="s">
+    </row>
+    <row r="136" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
         <v>268</v>
       </c>
+      <c r="B136" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>269</v>
+      </c>
     </row>
     <row r="137" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A137" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C137" s="2" t="s">
+      <c r="A137" s="3" t="s">
         <v>270</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A138" s="2" t="s">
+      <c r="B137" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B138" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C138" s="2" t="s">
+    </row>
+    <row r="138" spans="1:3" ht="120" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
         <v>272</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A139" s="2" t="s">
+      <c r="B138" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B139" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C139" s="2" t="s">
+      <c r="C138" s="3" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="140" spans="1:3" ht="75" x14ac:dyDescent="0.25">
-      <c r="A140" s="2" t="s">
+    <row r="139" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B140" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C140" s="2" t="s">
+      <c r="B139" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C139" s="3" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="141" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A141" s="2" t="s">
+    <row r="140" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B141" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C141" s="2" t="s">
+      <c r="B140" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C140" s="3" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="142" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A142" s="2" t="s">
+    <row r="141" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B142" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C142" s="2" t="s">
+      <c r="B141" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C141" s="3" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="143" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A143" s="2" t="s">
+    <row r="142" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B143" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C143" s="2" t="s">
+      <c r="B142" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C142" s="3" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="144" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A144" s="2" t="s">
+    <row r="143" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A143" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B144" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C144" s="2" t="s">
+      <c r="B143" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C143" s="3" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="145" spans="1:3" ht="75" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
+    <row r="144" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A144" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B145" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C145" s="2" t="s">
+      <c r="B144" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C144" s="3" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="146" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A146" s="2" t="s">
+    <row r="145" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A145" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B146" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C146" s="2" t="s">
+      <c r="B145" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C145" s="3" t="s">
         <v>288</v>
       </c>
     </row>
+    <row r="146" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A146" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>290</v>
+      </c>
+    </row>
     <row r="147" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A147" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A148" s="2" t="s">
+      <c r="A147" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B148" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C148" s="2" t="s">
+      <c r="B147" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C147" s="3" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="149" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A149" s="2" t="s">
+    <row r="148" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A148" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B149" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C149" s="2" t="s">
+      <c r="B148" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C148" s="3" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="150" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A150" s="2" t="s">
+    <row r="149" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A149" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B150" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C150" s="2" t="s">
+      <c r="B149" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C149" s="3" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="151" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A151" s="2" t="s">
+    <row r="150" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A150" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B151" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C151" s="2" t="s">
+      <c r="B150" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C150" s="3" t="s">
         <v>298</v>
       </c>
     </row>
+    <row r="151" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>300</v>
+      </c>
+    </row>
     <row r="152" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A152" s="2" t="s">
-[...6 lines deleted...]
-        <v>300</v>
+      <c r="A152" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="153" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A153" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A154" s="2" t="s">
+      <c r="A153" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B154" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C154" s="2" t="s">
+      <c r="B153" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C153" s="3" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="155" spans="1:3" ht="45" x14ac:dyDescent="0.25">
-      <c r="A155" s="2" t="s">
+    <row r="154" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B155" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C155" s="2" t="s">
+      <c r="B154" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C154" s="3" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="156" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A156" s="2" t="s">
+    <row r="155" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B156" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C156" s="2" t="s">
+      <c r="B155" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C155" s="3" t="s">
         <v>308</v>
       </c>
     </row>
+    <row r="156" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>310</v>
+      </c>
+    </row>
     <row r="157" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A157" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A158" s="2" t="s">
+      <c r="A157" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B158" s="2" t="s">
+      <c r="B157" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C157" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="C158" s="2" t="s">
+    </row>
+    <row r="158" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
         <v>313</v>
       </c>
+      <c r="B158" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>314</v>
+      </c>
     </row>
     <row r="159" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A159" s="2" t="s">
-[...5 lines deleted...]
-      <c r="C159" s="2" t="s">
+      <c r="A159" s="3" t="s">
         <v>315</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A160" s="2" t="s">
+      <c r="B159" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C159" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B160" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C160" s="2" t="s">
+    </row>
+    <row r="160" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
         <v>317</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A161" s="2" t="s">
+      <c r="B160" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C160" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B161" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C161" s="2" t="s">
+    </row>
+    <row r="161" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A161" s="3" t="s">
         <v>319</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A162" s="2" t="s">
+      <c r="B161" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C161" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B162" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C162" s="2" t="s">
+    </row>
+    <row r="162" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A162" s="3" t="s">
         <v>321</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A163" s="2" t="s">
+      <c r="B162" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C162" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B163" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C163" s="2" t="s">
+    </row>
+    <row r="163" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A163" s="3" t="s">
         <v>323</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A164" s="2" t="s">
+      <c r="B163" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C163" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B164" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C164" s="2" t="s">
+    </row>
+    <row r="164" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A164" s="3" t="s">
         <v>325</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C165" s="2"/>
+      <c r="B164" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A165" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A166" s="3"/>
+      <c r="B166" s="3"/>
+      <c r="C166" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Отчёт</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>user</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>